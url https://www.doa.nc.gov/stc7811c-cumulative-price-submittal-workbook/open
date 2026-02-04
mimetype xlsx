--- v0 (2025-10-08)
+++ v1 (2026-02-04)
@@ -15,462 +15,414 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment2.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ncconnect-my.sharepoint.com/personal/jonathan_davis_doa_nc_gov/Documents/Desktop/Working/Active_Contracts/7811C - Type C (Conventional) School &amp; Activity Buses/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dharris15\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{24142B82-72F2-4BE2-8CB9-7A32AE51EFEE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D9A8D462-8422-4E2A-9EE0-0E92FF737CB7}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{B9C0FF94-B53B-4EAB-A07F-880363C708DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" firstSheet="1" activeTab="3" xr2:uid="{FF525390-6AE3-4135-B482-DB69BA53DF84}"/>
+    <workbookView xWindow="3240" yWindow="3240" windowWidth="17280" windowHeight="8880" activeTab="1" xr2:uid="{FF525390-6AE3-4135-B482-DB69BA53DF84}"/>
   </bookViews>
   <sheets>
     <sheet name="0.Price Workbook Instructions" sheetId="5" r:id="rId1"/>
     <sheet name="1.  Bid Summary" sheetId="1" r:id="rId2"/>
     <sheet name="2.Lot A School Buses" sheetId="2" r:id="rId3"/>
     <sheet name="3.Lot B Activity Buses" sheetId="3" r:id="rId4"/>
     <sheet name="4.Lot C Optional Equipment" sheetId="4" r:id="rId5"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId6"/>
     <externalReference r:id="rId7"/>
   </externalReferences>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="Y62" i="3" l="1"/>
+  <c r="Y63" i="3" l="1"/>
+  <c r="Y62" i="3"/>
   <c r="Y61" i="3"/>
-  <c r="Y63" i="3" s="1"/>
   <c r="Y60" i="3"/>
   <c r="Y59" i="3"/>
   <c r="Y58" i="3"/>
   <c r="Y57" i="3"/>
+  <c r="Y56" i="3"/>
   <c r="Y55" i="3"/>
   <c r="Y54" i="3"/>
+  <c r="Y53" i="3"/>
+  <c r="Y52" i="3"/>
   <c r="Y51" i="3"/>
   <c r="Y50" i="3"/>
-  <c r="Y56" i="3" s="1"/>
+  <c r="Y49" i="3"/>
   <c r="Y48" i="3"/>
   <c r="Y47" i="3"/>
-  <c r="Y49" i="3" s="1"/>
   <c r="Y46" i="3"/>
   <c r="Y45" i="3"/>
   <c r="Y44" i="3"/>
   <c r="Y43" i="3"/>
+  <c r="Y42" i="3"/>
   <c r="Y41" i="3"/>
   <c r="Y40" i="3"/>
   <c r="Y39" i="3"/>
   <c r="Y38" i="3"/>
   <c r="Y37" i="3"/>
   <c r="Y36" i="3"/>
-  <c r="Y42" i="3" s="1"/>
   <c r="Y35" i="3"/>
   <c r="Y34" i="3"/>
   <c r="Y33" i="3"/>
   <c r="Y32" i="3"/>
   <c r="Y31" i="3"/>
   <c r="Y30" i="3"/>
+  <c r="Y29" i="3"/>
   <c r="Y28" i="3"/>
   <c r="Y27" i="3"/>
   <c r="Y26" i="3"/>
   <c r="Y25" i="3"/>
   <c r="Y24" i="3"/>
-  <c r="Y29" i="3" s="1"/>
   <c r="Y23" i="3"/>
   <c r="Y22" i="3"/>
   <c r="Y21" i="3"/>
   <c r="Y20" i="3"/>
   <c r="Y19" i="3"/>
   <c r="Y18" i="3"/>
+  <c r="Y17" i="3"/>
   <c r="Y16" i="3"/>
   <c r="Y15" i="3"/>
   <c r="Y14" i="3"/>
   <c r="Y13" i="3"/>
   <c r="Y12" i="3"/>
-  <c r="Y17" i="3" s="1"/>
+  <c r="P63" i="3"/>
+  <c r="P62" i="3"/>
+  <c r="P61" i="3"/>
+  <c r="P60" i="3"/>
+  <c r="P59" i="3"/>
+  <c r="P58" i="3"/>
+  <c r="P57" i="3"/>
+  <c r="P56" i="3"/>
+  <c r="P55" i="3"/>
+  <c r="P54" i="3"/>
+  <c r="P53" i="3"/>
+  <c r="P52" i="3"/>
+  <c r="P51" i="3"/>
+  <c r="P50" i="3"/>
+  <c r="P49" i="3"/>
+  <c r="P48" i="3"/>
+  <c r="P47" i="3"/>
+  <c r="P46" i="3"/>
+  <c r="P45" i="3"/>
+  <c r="P44" i="3"/>
+  <c r="P43" i="3"/>
+  <c r="P42" i="3"/>
+  <c r="P41" i="3"/>
+  <c r="P40" i="3"/>
+  <c r="P39" i="3"/>
+  <c r="P38" i="3"/>
+  <c r="P37" i="3"/>
+  <c r="P36" i="3"/>
+  <c r="P35" i="3"/>
+  <c r="P34" i="3"/>
+  <c r="P33" i="3"/>
+  <c r="P32" i="3"/>
+  <c r="P31" i="3"/>
+  <c r="P30" i="3"/>
+  <c r="P29" i="3"/>
+  <c r="P28" i="3"/>
+  <c r="P27" i="3"/>
+  <c r="P26" i="3"/>
+  <c r="P25" i="3"/>
+  <c r="P24" i="3"/>
+  <c r="P23" i="3"/>
+  <c r="P22" i="3"/>
+  <c r="P21" i="3"/>
+  <c r="P20" i="3"/>
+  <c r="P19" i="3"/>
+  <c r="P18" i="3"/>
+  <c r="P17" i="3"/>
+  <c r="P16" i="3"/>
+  <c r="P15" i="3"/>
+  <c r="P14" i="3"/>
+  <c r="P13" i="3"/>
+  <c r="P12" i="3"/>
+  <c r="G59" i="3"/>
+  <c r="G63" i="3" s="1"/>
+  <c r="G60" i="3"/>
+  <c r="G61" i="3"/>
+  <c r="G62" i="3"/>
+  <c r="G58" i="3"/>
+  <c r="G57" i="3"/>
+  <c r="G56" i="3"/>
+  <c r="G55" i="3"/>
+  <c r="G54" i="3"/>
+  <c r="G53" i="3"/>
+  <c r="G52" i="3"/>
+  <c r="G51" i="3"/>
+  <c r="G50" i="3"/>
+  <c r="G49" i="3"/>
+  <c r="G48" i="3"/>
+  <c r="G47" i="3"/>
+  <c r="G46" i="3"/>
+  <c r="G45" i="3"/>
+  <c r="G44" i="3"/>
+  <c r="G43" i="3"/>
+  <c r="G42" i="3"/>
+  <c r="G41" i="3"/>
+  <c r="G40" i="3"/>
+  <c r="G39" i="3"/>
+  <c r="G38" i="3"/>
+  <c r="G37" i="3"/>
+  <c r="G36" i="3"/>
+  <c r="G35" i="3"/>
+  <c r="G34" i="3"/>
+  <c r="G33" i="3"/>
+  <c r="G32" i="3"/>
+  <c r="G31" i="3"/>
+  <c r="G30" i="3"/>
+  <c r="G29" i="3"/>
+  <c r="G28" i="3"/>
+  <c r="G27" i="3"/>
+  <c r="G26" i="3"/>
+  <c r="G25" i="3"/>
+  <c r="G24" i="3"/>
+  <c r="G23" i="3"/>
+  <c r="G22" i="3"/>
+  <c r="G21" i="3"/>
+  <c r="G20" i="3"/>
+  <c r="G19" i="3"/>
+  <c r="G18" i="3"/>
+  <c r="G17" i="3"/>
+  <c r="G16" i="3"/>
+  <c r="G15" i="3"/>
+  <c r="G14" i="3"/>
+  <c r="G13" i="3"/>
+  <c r="G12" i="3"/>
   <c r="Y62" i="2"/>
   <c r="Y61" i="2"/>
   <c r="Y60" i="2"/>
   <c r="Y59" i="2"/>
   <c r="Y58" i="2"/>
-  <c r="X57" i="2"/>
-  <c r="Y57" i="2" s="1"/>
+  <c r="Y57" i="2"/>
   <c r="Y63" i="2" s="1"/>
   <c r="Y55" i="2"/>
   <c r="Y54" i="2"/>
   <c r="Y53" i="2"/>
-  <c r="Y56" i="2" s="1"/>
   <c r="Y52" i="2"/>
   <c r="Y51" i="2"/>
   <c r="Y50" i="2"/>
-  <c r="X50" i="2"/>
+  <c r="Y56" i="2" s="1"/>
+  <c r="Y49" i="2"/>
   <c r="Y48" i="2"/>
   <c r="Y47" i="2"/>
+  <c r="Y46" i="2"/>
   <c r="Y45" i="2"/>
   <c r="Y44" i="2"/>
-  <c r="X43" i="2"/>
-  <c r="Y43" i="2" s="1"/>
+  <c r="Y43" i="2"/>
+  <c r="Y42" i="2"/>
   <c r="Y41" i="2"/>
-  <c r="Y42" i="2" s="1"/>
   <c r="Y40" i="2"/>
   <c r="Y39" i="2"/>
   <c r="Y38" i="2"/>
   <c r="Y37" i="2"/>
   <c r="Y36" i="2"/>
+  <c r="Y24" i="2"/>
+  <c r="Y35" i="2"/>
   <c r="Y34" i="2"/>
   <c r="Y33" i="2"/>
   <c r="Y32" i="2"/>
   <c r="Y31" i="2"/>
   <c r="Y30" i="2"/>
-  <c r="Y35" i="2" s="1"/>
   <c r="Y29" i="2"/>
   <c r="Y28" i="2"/>
   <c r="Y27" i="2"/>
   <c r="Y26" i="2"/>
   <c r="Y25" i="2"/>
-  <c r="Y24" i="2"/>
+  <c r="Y23" i="2"/>
   <c r="Y22" i="2"/>
   <c r="Y21" i="2"/>
   <c r="Y20" i="2"/>
   <c r="Y19" i="2"/>
   <c r="Y18" i="2"/>
-  <c r="Y23" i="2" s="1"/>
   <c r="Y17" i="2"/>
   <c r="Y16" i="2"/>
   <c r="Y15" i="2"/>
   <c r="Y14" i="2"/>
   <c r="Y13" i="2"/>
   <c r="Y12" i="2"/>
-  <c r="Y64" i="3" l="1"/>
-[...102 lines deleted...]
-  <c r="P12" i="3"/>
+  <c r="P63" i="2"/>
   <c r="P62" i="2"/>
   <c r="P61" i="2"/>
   <c r="P60" i="2"/>
   <c r="P59" i="2"/>
   <c r="P58" i="2"/>
   <c r="P57" i="2"/>
-  <c r="P63" i="2" s="1"/>
+  <c r="P56" i="2"/>
+  <c r="P52" i="2"/>
+  <c r="P53" i="2"/>
+  <c r="P54" i="2"/>
   <c r="P55" i="2"/>
-  <c r="P54" i="2"/>
-[...1 lines deleted...]
-  <c r="P52" i="2"/>
   <c r="P51" i="2"/>
   <c r="P50" i="2"/>
-  <c r="P56" i="2" s="1"/>
+  <c r="P49" i="2"/>
+  <c r="P45" i="2"/>
+  <c r="P46" i="2"/>
+  <c r="P47" i="2"/>
   <c r="P48" i="2"/>
-  <c r="P47" i="2"/>
-  <c r="P45" i="2"/>
   <c r="P44" i="2"/>
   <c r="P43" i="2"/>
+  <c r="P42" i="2"/>
   <c r="P41" i="2"/>
   <c r="P40" i="2"/>
+  <c r="P39" i="2"/>
+  <c r="P38" i="2"/>
   <c r="P37" i="2"/>
   <c r="P36" i="2"/>
+  <c r="P22" i="2"/>
+  <c r="P23" i="2" s="1"/>
   <c r="P34" i="2"/>
+  <c r="P35" i="2" s="1"/>
   <c r="P33" i="2"/>
   <c r="P32" i="2"/>
   <c r="P31" i="2"/>
   <c r="P30" i="2"/>
-  <c r="P35" i="2" s="1"/>
+  <c r="P29" i="2"/>
   <c r="P28" i="2"/>
   <c r="P27" i="2"/>
   <c r="P26" i="2"/>
   <c r="P25" i="2"/>
   <c r="P24" i="2"/>
-  <c r="P29" i="2" s="1"/>
-  <c r="P22" i="2"/>
   <c r="P21" i="2"/>
   <c r="P20" i="2"/>
   <c r="P19" i="2"/>
-  <c r="P18" i="2"/>
-  <c r="P23" i="2" s="1"/>
+  <c r="P17" i="2"/>
   <c r="P16" i="2"/>
   <c r="P15" i="2"/>
   <c r="P14" i="2"/>
   <c r="P13" i="2"/>
   <c r="P12" i="2"/>
-  <c r="L13" i="1"/>
-[...51 lines deleted...]
-  <c r="G12" i="3"/>
+  <c r="G64" i="2"/>
+  <c r="G63" i="2"/>
+  <c r="G56" i="2"/>
   <c r="G62" i="2"/>
   <c r="G61" i="2"/>
   <c r="G60" i="2"/>
   <c r="G59" i="2"/>
   <c r="G58" i="2"/>
   <c r="G57" i="2"/>
   <c r="G55" i="2"/>
   <c r="G54" i="2"/>
   <c r="G53" i="2"/>
   <c r="G52" i="2"/>
   <c r="G51" i="2"/>
   <c r="G50" i="2"/>
+  <c r="G49" i="2"/>
   <c r="G48" i="2"/>
   <c r="G47" i="2"/>
   <c r="G46" i="2"/>
   <c r="G45" i="2"/>
   <c r="G44" i="2"/>
   <c r="G43" i="2"/>
+  <c r="G42" i="2"/>
   <c r="G41" i="2"/>
   <c r="G40" i="2"/>
   <c r="G39" i="2"/>
   <c r="G38" i="2"/>
   <c r="G37" i="2"/>
   <c r="G36" i="2"/>
+  <c r="G33" i="2"/>
+  <c r="G35" i="2"/>
   <c r="G34" i="2"/>
-  <c r="G33" i="2"/>
   <c r="G32" i="2"/>
   <c r="G31" i="2"/>
   <c r="G30" i="2"/>
+  <c r="G29" i="2"/>
   <c r="G28" i="2"/>
   <c r="G27" i="2"/>
   <c r="G26" i="2"/>
   <c r="G25" i="2"/>
   <c r="G24" i="2"/>
+  <c r="G23" i="2"/>
   <c r="G22" i="2"/>
   <c r="G21" i="2"/>
   <c r="G20" i="2"/>
   <c r="G19" i="2"/>
   <c r="G18" i="2"/>
+  <c r="G17" i="2"/>
   <c r="G16" i="2"/>
   <c r="G15" i="2"/>
   <c r="G14" i="2"/>
+  <c r="Y64" i="3" l="1"/>
+  <c r="Y64" i="2"/>
+  <c r="S7" i="1"/>
+  <c r="P18" i="2" l="1"/>
+  <c r="L7" i="1"/>
+  <c r="P64" i="3" l="1"/>
+  <c r="P64" i="2"/>
   <c r="G13" i="2"/>
   <c r="G12" i="2"/>
-  <c r="G29" i="3" l="1"/>
-[...14 lines deleted...]
-  <c r="G49" i="2"/>
   <c r="G64" i="3" l="1"/>
-  <c r="G64" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>tc={DD952B19-C8EA-49B2-A890-28D54C68C977}</author>
     <author>tc={E4F99976-3FE2-4B26-9167-268492E0EE8E}</author>
     <author>tc={359DE466-033E-424F-9541-C9AB51E2D09A}</author>
     <author>tc={3AA86F4D-C670-47B9-8F34-FF046D914EA1}</author>
     <author>tc={C611E521-B5DC-48AE-A226-BA3F741CC577}</author>
   </authors>
   <commentList>
     <comment ref="A3" authorId="0" shapeId="0" xr:uid="{DD952B19-C8EA-49B2-A890-28D54C68C977}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Revised</t>
       </text>
     </comment>
     <comment ref="D5" authorId="1" shapeId="0" xr:uid="{E4F99976-3FE2-4B26-9167-268492E0EE8E}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
@@ -521,51 +473,51 @@
 Comment:
     Same as Lot A</t>
       </text>
     </comment>
     <comment ref="L11" authorId="1" shapeId="0" xr:uid="{EBAB471C-3CEB-4162-815E-5AA94C185AFA}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Same as Lot A</t>
       </text>
     </comment>
     <comment ref="U11" authorId="2" shapeId="0" xr:uid="{D8910A93-7AA7-457F-9027-B32A0478789F}">
       <text>
         <t>[Threaded comment]
 Your version of Excel allows you to read this threaded comment; however, any edits to it will get removed if the file is opened in a newer version of Excel. Learn more: https://go.microsoft.com/fwlink/?linkid=870924
 Comment:
     Same as Lot A</t>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1368" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1260" uniqueCount="159">
   <si>
     <t>State of North Carolina</t>
   </si>
   <si>
     <t>Purchase &amp; Contract</t>
   </si>
   <si>
     <t xml:space="preserve">DO NOT ALTER WORKBOOK - ENTER VALUES ONLY </t>
   </si>
   <si>
     <t>VENDOR NAME</t>
   </si>
   <si>
     <t>Item #</t>
   </si>
   <si>
     <t>LOT C: OPTIONAL EQUIPMENT</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t xml:space="preserve">Inside Overhead Luggage Racks - Deluxe Tubular Type
 72 Passenger Size
 </t>
@@ -1140,61 +1092,64 @@
   </si>
   <si>
     <t>Vendor: Carolina Thomas</t>
   </si>
   <si>
     <t>Vendor: Carolina Thomas, LLC</t>
   </si>
   <si>
     <t>72 = 10791
 66 = 9849
 54 = 8091
 42 = 6329</t>
   </si>
   <si>
     <t>72 = 689
 66 = 640
 54 = 490
 42 = 393</t>
   </si>
   <si>
     <t>72 = 2913
 66 = 2158
 54 = 2159
 42 = 2031</t>
   </si>
+  <si>
+    <t>Add</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot; $&quot;#,##0.00&quot; &quot;;&quot; $(&quot;#,##0.00&quot;)&quot;;&quot; $-&quot;#&quot; &quot;;&quot; &quot;@&quot; &quot;"/>
   </numFmts>
-  <fonts count="32" x14ac:knownFonts="1">
+  <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1362,56 +1317,50 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...4 lines deleted...]
-    </font>
   </fonts>
   <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFCE4D6"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDBDBDB"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
@@ -1449,51 +1398,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF0070C0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="37">
+  <borders count="39">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
@@ -1895,57 +1844,81 @@
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="208">
+  <cellXfs count="229">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
@@ -2223,124 +2196,172 @@
     <xf numFmtId="0" fontId="11" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="44" fontId="12" fillId="7" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="11" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="44" fontId="5" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="13" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="13" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="13" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="5" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="44" fontId="5" fillId="3" borderId="37" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="38" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
+    <xf numFmtId="8" fontId="5" fillId="3" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
+    <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="44" fontId="26" fillId="10" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="25" fillId="7" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="25" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="25" fillId="7" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="25" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="0" fillId="11" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="44" fontId="13" fillId="10" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="44" fontId="5" fillId="7" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="5" fillId="3" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="5" fillId="7" borderId="26" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="5" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="10" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="10" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="10" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -2686,127 +2707,178 @@
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2769870" y="11835765"/>
           <a:ext cx="1432560" cy="1215390"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>1400175</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>1466850</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>2828925</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>2676525</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4" descr="2001 Outside Storage Box">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF7DD2D3-2F42-4C12-8946-C72D7CDCFCCF}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="11649075" y="15954375"/>
+          <a:ext cx="962025" cy="1209675"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://ncconnect-my.sharepoint.com/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Gregory%20Poole/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(3)%20(1).xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Gregory%20Poole/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(3)%20(1).xlsx?6EBB1913" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\6EBB1913\DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(3)%20(1).xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://ncconnect-my.sharepoint.com/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Gregory%20Poole/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(3)%20(1).xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="https://ncconnect-my.sharepoint.com/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Gregory%20Poole/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(3)%20(1).xlsx?6EBB1913" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\6EBB1913\DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(3)%20(1).xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://ncconnect-my.sharepoint.com/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Carolina%20Thomas%20LLC/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(5)%20(1).xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Carolina%20Thomas%20LLC/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(5)%20(1).xlsx?6077DB82" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\6077DB82\DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(5)%20(1).xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://ncconnect-my.sharepoint.com/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Carolina%20Thomas%20LLC/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(5)%20(1).xlsx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2019/04/relationships/externalLinkLongPath" Target="https://ncconnect-my.sharepoint.com/personal/shayla_parker_doa_nc_gov/Documents/OneDrive/Department%20of%20Public%20Instruction/Buses-8-23/Carolina%20Thomas%20LLC/DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(5)%20(1).xlsx?6077DB82" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///\\6077DB82\DPC-924516120-STC%20Type%20C%20(Conventional)%20School%20Activity%20Buses%20-%20IFB%20Attachment%20A%20-%20Price%20Submittal%20Workbook%20v2%20(5)%20(1).xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId3"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="0.Price Workbook Instructions"/>
       <sheetName val="1.  Bid Summary"/>
       <sheetName val="2.Lot A School Buses"/>
       <sheetName val="3.Lot B Activity Buses"/>
       <sheetName val="4.Lot C Optional Equipment"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2">
         <row r="8">
           <cell r="B8" t="str">
             <v>Gregory Poole Equipment Company</v>
-          </cell>
-[...3 lines deleted...]
-            <v>150741241</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3">
         <row r="64">
           <cell r="G64">
             <v>25886135</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="4"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId3"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="0.Price Workbook Instructions"/>
       <sheetName val="1.  Bid Summary"/>
       <sheetName val="2.Lot A School Buses"/>
       <sheetName val="3.Lot B Activity Buses"/>
       <sheetName val="4.Lot C Optional Equipment"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2">
         <row r="8">
           <cell r="B8" t="str">
             <v>Carolina Thomas, LLC</v>
-          </cell>
-[...3 lines deleted...]
-            <v>159388634</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3">
         <row r="64">
           <cell r="G64">
             <v>27960633</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="4"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/persons/person.xml><?xml version="1.0" encoding="utf-8"?>
 <personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <person displayName="Jizi, Bahaa" id="{5DD133E5-228D-4EF3-8766-48618636A1D2}" userId="S::bahaa.jizi@doa.nc.gov::036dba65-fd05-4372-9cc2-e5bee159eaa3" providerId="AD"/>
 </personList>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
@@ -3123,649 +3195,647 @@
 </file>
 
 <file path=xl/threadedComments/threadedComment2.xml><?xml version="1.0" encoding="utf-8"?>
 <ThreadedComments xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <threadedComment ref="C11" dT="2024-01-23T13:28:25.09" personId="{5DD133E5-228D-4EF3-8766-48618636A1D2}" id="{C709A80F-949F-4D93-A5C8-6D2A4D74E174}">
     <text>Same as Lot A</text>
   </threadedComment>
   <threadedComment ref="L11" dT="2024-01-23T13:28:25.09" personId="{5DD133E5-228D-4EF3-8766-48618636A1D2}" id="{EBAB471C-3CEB-4162-815E-5AA94C185AFA}">
     <text>Same as Lot A</text>
   </threadedComment>
   <threadedComment ref="U11" dT="2024-01-23T13:28:25.09" personId="{5DD133E5-228D-4EF3-8766-48618636A1D2}" id="{D8910A93-7AA7-457F-9027-B32A0478789F}">
     <text>Same as Lot A</text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2CB5655-C734-4BDB-818B-9437ABCE51E4}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A3:J31"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.21875" style="65"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.77734375" style="65" customWidth="1"/>
+    <col min="1" max="1" width="9.33203125" style="65"/>
+    <col min="2" max="2" width="6.33203125" style="65" customWidth="1"/>
+    <col min="3" max="3" width="18.6640625" style="65" customWidth="1"/>
     <col min="4" max="9" width="20.44140625" style="65" customWidth="1"/>
     <col min="10" max="10" width="5" style="65" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
     <row r="4" spans="2:10" ht="51" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="171" t="s">
+      <c r="B4" s="187" t="s">
         <v>106</v>
       </c>
-      <c r="C4" s="172"/>
-[...6 lines deleted...]
-      <c r="J4" s="173"/>
+      <c r="C4" s="188"/>
+      <c r="D4" s="188"/>
+      <c r="E4" s="188"/>
+      <c r="F4" s="188"/>
+      <c r="G4" s="188"/>
+      <c r="H4" s="188"/>
+      <c r="I4" s="188"/>
+      <c r="J4" s="189"/>
     </row>
     <row r="5" spans="2:10" ht="22.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="174"/>
-[...7 lines deleted...]
-      <c r="J5" s="176"/>
+      <c r="B5" s="190"/>
+      <c r="C5" s="191"/>
+      <c r="D5" s="191"/>
+      <c r="E5" s="191"/>
+      <c r="F5" s="191"/>
+      <c r="G5" s="191"/>
+      <c r="H5" s="191"/>
+      <c r="I5" s="191"/>
+      <c r="J5" s="192"/>
     </row>
     <row r="6" spans="2:10" ht="18" x14ac:dyDescent="0.35">
-      <c r="B6" s="180" t="s">
+      <c r="B6" s="196" t="s">
         <v>36</v>
       </c>
-      <c r="C6" s="181"/>
-[...6 lines deleted...]
-      <c r="J6" s="182"/>
+      <c r="C6" s="197"/>
+      <c r="D6" s="197"/>
+      <c r="E6" s="197"/>
+      <c r="F6" s="197"/>
+      <c r="G6" s="197"/>
+      <c r="H6" s="197"/>
+      <c r="I6" s="197"/>
+      <c r="J6" s="198"/>
     </row>
     <row r="7" spans="2:10" ht="30.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B7" s="77">
         <v>1</v>
       </c>
-      <c r="C7" s="183" t="s">
+      <c r="C7" s="200" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="183"/>
-[...4 lines deleted...]
-      <c r="I7" s="183"/>
+      <c r="D7" s="200"/>
+      <c r="E7" s="200"/>
+      <c r="F7" s="200"/>
+      <c r="G7" s="200"/>
+      <c r="H7" s="200"/>
+      <c r="I7" s="200"/>
       <c r="J7" s="66"/>
     </row>
     <row r="8" spans="2:10" ht="34.200000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B8" s="77">
         <v>2</v>
       </c>
-      <c r="C8" s="183" t="s">
+      <c r="C8" s="200" t="s">
         <v>38</v>
       </c>
-      <c r="D8" s="183"/>
-[...4 lines deleted...]
-      <c r="I8" s="183"/>
+      <c r="D8" s="200"/>
+      <c r="E8" s="200"/>
+      <c r="F8" s="200"/>
+      <c r="G8" s="200"/>
+      <c r="H8" s="200"/>
+      <c r="I8" s="200"/>
       <c r="J8" s="66"/>
     </row>
     <row r="9" spans="2:10" ht="40.65" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B9" s="77">
         <v>3</v>
       </c>
-      <c r="C9" s="183" t="s">
+      <c r="C9" s="200" t="s">
         <v>39</v>
       </c>
-      <c r="D9" s="183"/>
-[...4 lines deleted...]
-      <c r="I9" s="183"/>
+      <c r="D9" s="200"/>
+      <c r="E9" s="200"/>
+      <c r="F9" s="200"/>
+      <c r="G9" s="200"/>
+      <c r="H9" s="200"/>
+      <c r="I9" s="200"/>
       <c r="J9" s="66"/>
     </row>
     <row r="10" spans="2:10" ht="38.700000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B10" s="77">
         <v>4</v>
       </c>
-      <c r="C10" s="183" t="s">
+      <c r="C10" s="200" t="s">
         <v>40</v>
       </c>
-      <c r="D10" s="183"/>
-[...4 lines deleted...]
-      <c r="I10" s="183"/>
+      <c r="D10" s="200"/>
+      <c r="E10" s="200"/>
+      <c r="F10" s="200"/>
+      <c r="G10" s="200"/>
+      <c r="H10" s="200"/>
+      <c r="I10" s="200"/>
       <c r="J10" s="66"/>
     </row>
     <row r="11" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B11" s="177"/>
-[...7 lines deleted...]
-      <c r="J11" s="179"/>
+      <c r="B11" s="193"/>
+      <c r="C11" s="194"/>
+      <c r="D11" s="194"/>
+      <c r="E11" s="194"/>
+      <c r="F11" s="194"/>
+      <c r="G11" s="194"/>
+      <c r="H11" s="194"/>
+      <c r="I11" s="194"/>
+      <c r="J11" s="195"/>
     </row>
     <row r="12" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B12" s="78"/>
-      <c r="C12" s="184" t="s">
+      <c r="C12" s="201" t="s">
         <v>41</v>
       </c>
-      <c r="D12" s="184"/>
-[...4 lines deleted...]
-      <c r="I12" s="184"/>
+      <c r="D12" s="201"/>
+      <c r="E12" s="201"/>
+      <c r="F12" s="201"/>
+      <c r="G12" s="201"/>
+      <c r="H12" s="201"/>
+      <c r="I12" s="201"/>
       <c r="J12" s="66"/>
     </row>
     <row r="13" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B13" s="78"/>
-      <c r="C13" s="185" t="s">
+      <c r="C13" s="202" t="s">
         <v>42</v>
       </c>
-      <c r="D13" s="185"/>
-[...4 lines deleted...]
-      <c r="I13" s="185"/>
+      <c r="D13" s="202"/>
+      <c r="E13" s="202"/>
+      <c r="F13" s="202"/>
+      <c r="G13" s="202"/>
+      <c r="H13" s="202"/>
+      <c r="I13" s="202"/>
       <c r="J13" s="66"/>
     </row>
     <row r="14" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B14" s="78"/>
-      <c r="C14" s="186" t="s">
+      <c r="C14" s="203" t="s">
         <v>43</v>
       </c>
-      <c r="D14" s="186"/>
-[...4 lines deleted...]
-      <c r="I14" s="186"/>
+      <c r="D14" s="203"/>
+      <c r="E14" s="203"/>
+      <c r="F14" s="203"/>
+      <c r="G14" s="203"/>
+      <c r="H14" s="203"/>
+      <c r="I14" s="203"/>
       <c r="J14" s="66"/>
     </row>
     <row r="15" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B15" s="78"/>
-      <c r="C15" s="187" t="s">
+      <c r="C15" s="204" t="s">
         <v>44</v>
       </c>
-      <c r="D15" s="187"/>
-[...4 lines deleted...]
-      <c r="I15" s="187"/>
+      <c r="D15" s="204"/>
+      <c r="E15" s="204"/>
+      <c r="F15" s="204"/>
+      <c r="G15" s="204"/>
+      <c r="H15" s="204"/>
+      <c r="I15" s="204"/>
       <c r="J15" s="66"/>
     </row>
     <row r="16" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B16" s="177"/>
-[...7 lines deleted...]
-      <c r="J16" s="179"/>
+      <c r="B16" s="193"/>
+      <c r="C16" s="194"/>
+      <c r="D16" s="194"/>
+      <c r="E16" s="194"/>
+      <c r="F16" s="194"/>
+      <c r="G16" s="194"/>
+      <c r="H16" s="194"/>
+      <c r="I16" s="194"/>
+      <c r="J16" s="195"/>
     </row>
     <row r="17" spans="2:10" ht="31.95" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B17" s="78"/>
-      <c r="C17" s="188" t="s">
+      <c r="C17" s="205" t="s">
         <v>107</v>
       </c>
-      <c r="D17" s="188"/>
-[...4 lines deleted...]
-      <c r="I17" s="188"/>
+      <c r="D17" s="205"/>
+      <c r="E17" s="205"/>
+      <c r="F17" s="205"/>
+      <c r="G17" s="205"/>
+      <c r="H17" s="205"/>
+      <c r="I17" s="205"/>
       <c r="J17" s="66"/>
     </row>
     <row r="18" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="B18" s="166"/>
-[...7 lines deleted...]
-      <c r="J18" s="168"/>
+      <c r="B18" s="208"/>
+      <c r="C18" s="209"/>
+      <c r="D18" s="209"/>
+      <c r="E18" s="209"/>
+      <c r="F18" s="209"/>
+      <c r="G18" s="209"/>
+      <c r="H18" s="209"/>
+      <c r="I18" s="209"/>
+      <c r="J18" s="210"/>
     </row>
     <row r="19" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B19" s="68"/>
-      <c r="C19" s="189" t="s">
+      <c r="C19" s="206" t="s">
         <v>45</v>
       </c>
-      <c r="D19" s="189"/>
-[...4 lines deleted...]
-      <c r="I19" s="189"/>
+      <c r="D19" s="206"/>
+      <c r="E19" s="206"/>
+      <c r="F19" s="206"/>
+      <c r="G19" s="206"/>
+      <c r="H19" s="206"/>
+      <c r="I19" s="206"/>
       <c r="J19" s="69"/>
     </row>
     <row r="20" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B20" s="67">
         <v>1</v>
       </c>
       <c r="C20" s="65" t="s">
         <v>108</v>
       </c>
       <c r="J20" s="66"/>
     </row>
     <row r="21" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B21" s="70"/>
       <c r="C21" s="71"/>
       <c r="D21" s="71"/>
       <c r="E21" s="71"/>
       <c r="F21" s="71"/>
       <c r="G21" s="71"/>
       <c r="H21" s="71"/>
       <c r="I21" s="71"/>
       <c r="J21" s="72"/>
     </row>
     <row r="22" spans="2:10" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B22" s="67"/>
-      <c r="C22" s="190" t="s">
+      <c r="C22" s="207" t="s">
         <v>46</v>
       </c>
-      <c r="D22" s="190"/>
-[...4 lines deleted...]
-      <c r="I22" s="190"/>
+      <c r="D22" s="207"/>
+      <c r="E22" s="207"/>
+      <c r="F22" s="207"/>
+      <c r="G22" s="207"/>
+      <c r="H22" s="207"/>
+      <c r="I22" s="207"/>
       <c r="J22" s="66"/>
     </row>
     <row r="23" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B23" s="67">
         <v>1</v>
       </c>
-      <c r="C23" s="169" t="s">
+      <c r="C23" s="199" t="s">
         <v>47</v>
       </c>
-      <c r="D23" s="169"/>
-[...4 lines deleted...]
-      <c r="I23" s="169"/>
+      <c r="D23" s="199"/>
+      <c r="E23" s="199"/>
+      <c r="F23" s="199"/>
+      <c r="G23" s="199"/>
+      <c r="H23" s="199"/>
+      <c r="I23" s="199"/>
       <c r="J23" s="66"/>
     </row>
     <row r="24" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B24" s="67">
         <v>2</v>
       </c>
-      <c r="C24" s="169" t="s">
+      <c r="C24" s="199" t="s">
         <v>48</v>
       </c>
-      <c r="D24" s="169"/>
-[...4 lines deleted...]
-      <c r="I24" s="169"/>
+      <c r="D24" s="199"/>
+      <c r="E24" s="199"/>
+      <c r="F24" s="199"/>
+      <c r="G24" s="199"/>
+      <c r="H24" s="199"/>
+      <c r="I24" s="199"/>
       <c r="J24" s="66"/>
     </row>
     <row r="25" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B25" s="67">
         <v>3</v>
       </c>
-      <c r="C25" s="170" t="s">
+      <c r="C25" s="211" t="s">
         <v>49</v>
       </c>
-      <c r="D25" s="170"/>
-[...4 lines deleted...]
-      <c r="I25" s="170"/>
+      <c r="D25" s="211"/>
+      <c r="E25" s="211"/>
+      <c r="F25" s="211"/>
+      <c r="G25" s="211"/>
+      <c r="H25" s="211"/>
+      <c r="I25" s="211"/>
       <c r="J25" s="66"/>
     </row>
     <row r="26" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B26" s="73">
         <v>4</v>
       </c>
-      <c r="C26" s="170" t="s">
+      <c r="C26" s="211" t="s">
         <v>50</v>
       </c>
-      <c r="D26" s="170"/>
-[...4 lines deleted...]
-      <c r="I26" s="170"/>
+      <c r="D26" s="211"/>
+      <c r="E26" s="211"/>
+      <c r="F26" s="211"/>
+      <c r="G26" s="211"/>
+      <c r="H26" s="211"/>
+      <c r="I26" s="211"/>
       <c r="J26" s="66"/>
     </row>
     <row r="27" spans="2:10" x14ac:dyDescent="0.3">
       <c r="B27" s="73">
         <v>5</v>
       </c>
-      <c r="C27" s="170" t="s">
+      <c r="C27" s="211" t="s">
         <v>51</v>
       </c>
-      <c r="D27" s="170"/>
-[...4 lines deleted...]
-      <c r="I27" s="170"/>
+      <c r="D27" s="211"/>
+      <c r="E27" s="211"/>
+      <c r="F27" s="211"/>
+      <c r="G27" s="211"/>
+      <c r="H27" s="211"/>
+      <c r="I27" s="211"/>
       <c r="J27" s="66"/>
     </row>
     <row r="28" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B28" s="74"/>
       <c r="C28" s="75"/>
       <c r="D28" s="75"/>
       <c r="E28" s="75"/>
       <c r="F28" s="75"/>
       <c r="G28" s="75"/>
       <c r="H28" s="75"/>
       <c r="I28" s="75"/>
       <c r="J28" s="76"/>
     </row>
     <row r="29" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="C29" s="169"/>
-[...5 lines deleted...]
-      <c r="I29" s="169"/>
+      <c r="C29" s="199"/>
+      <c r="D29" s="199"/>
+      <c r="E29" s="199"/>
+      <c r="F29" s="199"/>
+      <c r="G29" s="199"/>
+      <c r="H29" s="199"/>
+      <c r="I29" s="199"/>
     </row>
     <row r="30" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="C30" s="169"/>
-[...5 lines deleted...]
-      <c r="I30" s="169"/>
+      <c r="C30" s="199"/>
+      <c r="D30" s="199"/>
+      <c r="E30" s="199"/>
+      <c r="F30" s="199"/>
+      <c r="G30" s="199"/>
+      <c r="H30" s="199"/>
+      <c r="I30" s="199"/>
     </row>
     <row r="31" spans="2:10" x14ac:dyDescent="0.3">
-      <c r="C31" s="169"/>
-[...5 lines deleted...]
-      <c r="I31" s="169"/>
+      <c r="C31" s="199"/>
+      <c r="D31" s="199"/>
+      <c r="E31" s="199"/>
+      <c r="F31" s="199"/>
+      <c r="G31" s="199"/>
+      <c r="H31" s="199"/>
+      <c r="I31" s="199"/>
     </row>
   </sheetData>
   <mergeCells count="24">
+    <mergeCell ref="B18:J18"/>
+    <mergeCell ref="C31:I31"/>
+    <mergeCell ref="C24:I24"/>
+    <mergeCell ref="C25:I25"/>
+    <mergeCell ref="C26:I26"/>
+    <mergeCell ref="C27:I27"/>
+    <mergeCell ref="C29:I29"/>
+    <mergeCell ref="C30:I30"/>
     <mergeCell ref="B4:J5"/>
     <mergeCell ref="B11:J11"/>
     <mergeCell ref="B6:J6"/>
     <mergeCell ref="B16:J16"/>
     <mergeCell ref="C23:I23"/>
     <mergeCell ref="C7:I7"/>
     <mergeCell ref="C8:I8"/>
     <mergeCell ref="C9:I9"/>
     <mergeCell ref="C10:I10"/>
     <mergeCell ref="C12:I12"/>
     <mergeCell ref="C13:I13"/>
     <mergeCell ref="C14:I14"/>
     <mergeCell ref="C15:I15"/>
     <mergeCell ref="C17:I17"/>
     <mergeCell ref="C19:I19"/>
     <mergeCell ref="C22:I22"/>
-    <mergeCell ref="B18:J18"/>
-[...6 lines deleted...]
-    <mergeCell ref="C30:I30"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="75" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D713B8E7-4BEE-4EC9-A98B-941E1A9F85D0}">
   <dimension ref="A1:T15"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" workbookViewId="0">
-      <selection activeCell="L22" sqref="L22"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="31.44140625" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="24.44140625" customWidth="1"/>
+    <col min="5" max="5" width="40.6640625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="30.6640625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="44.88671875" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="30.6640625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="28" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="3"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="3"/>
       <c r="O1" s="1"/>
       <c r="P1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
       <c r="S1" s="2"/>
       <c r="T1" s="3"/>
     </row>
     <row r="2" spans="1:20" ht="18.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="4"/>
-      <c r="B2" s="194" t="s">
+      <c r="B2" s="215" t="s">
         <v>52</v>
       </c>
-      <c r="C2" s="194"/>
-[...1 lines deleted...]
-      <c r="E2" s="194"/>
+      <c r="C2" s="215"/>
+      <c r="D2" s="215"/>
+      <c r="E2" s="215"/>
       <c r="F2" s="5"/>
       <c r="H2" s="4"/>
-      <c r="I2" s="194" t="s">
+      <c r="I2" s="215" t="s">
         <v>52</v>
       </c>
-      <c r="J2" s="194"/>
-[...1 lines deleted...]
-      <c r="L2" s="194"/>
+      <c r="J2" s="215"/>
+      <c r="K2" s="215"/>
+      <c r="L2" s="215"/>
       <c r="M2" s="5"/>
       <c r="O2" s="4"/>
-      <c r="P2" s="194" t="s">
+      <c r="P2" s="215" t="s">
         <v>52</v>
       </c>
-      <c r="Q2" s="194"/>
-[...1 lines deleted...]
-      <c r="S2" s="194"/>
+      <c r="Q2" s="215"/>
+      <c r="R2" s="215"/>
+      <c r="S2" s="215"/>
       <c r="T2" s="5"/>
     </row>
     <row r="3" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="195"/>
-[...16 lines deleted...]
-      <c r="T3" s="197"/>
+      <c r="A3" s="216"/>
+      <c r="B3" s="217"/>
+      <c r="C3" s="217"/>
+      <c r="D3" s="217"/>
+      <c r="E3" s="217"/>
+      <c r="F3" s="218"/>
+      <c r="H3" s="216"/>
+      <c r="I3" s="217"/>
+      <c r="J3" s="217"/>
+      <c r="K3" s="217"/>
+      <c r="L3" s="217"/>
+      <c r="M3" s="218"/>
+      <c r="O3" s="216"/>
+      <c r="P3" s="217"/>
+      <c r="Q3" s="217"/>
+      <c r="R3" s="217"/>
+      <c r="S3" s="217"/>
+      <c r="T3" s="218"/>
     </row>
     <row r="4" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="6"/>
-      <c r="B4" s="194" t="s">
+      <c r="B4" s="215" t="s">
         <v>105</v>
       </c>
-      <c r="C4" s="194"/>
-[...1 lines deleted...]
-      <c r="E4" s="194"/>
+      <c r="C4" s="215"/>
+      <c r="D4" s="215"/>
+      <c r="E4" s="215"/>
       <c r="F4" s="7"/>
       <c r="H4" s="6"/>
-      <c r="I4" s="194" t="s">
+      <c r="I4" s="215" t="s">
         <v>105</v>
       </c>
-      <c r="J4" s="194"/>
-[...1 lines deleted...]
-      <c r="L4" s="194"/>
+      <c r="J4" s="215"/>
+      <c r="K4" s="215"/>
+      <c r="L4" s="215"/>
       <c r="M4" s="7"/>
       <c r="O4" s="6"/>
-      <c r="P4" s="194" t="s">
+      <c r="P4" s="215" t="s">
         <v>105</v>
       </c>
-      <c r="Q4" s="194"/>
-[...1 lines deleted...]
-      <c r="S4" s="194"/>
+      <c r="Q4" s="215"/>
+      <c r="R4" s="215"/>
+      <c r="S4" s="215"/>
       <c r="T4" s="7"/>
     </row>
     <row r="5" spans="1:20" ht="21" x14ac:dyDescent="0.4">
       <c r="A5" s="4"/>
-      <c r="B5" s="198" t="s">
+      <c r="B5" s="219" t="s">
         <v>53</v>
       </c>
-      <c r="C5" s="198"/>
-[...1 lines deleted...]
-      <c r="E5" s="198"/>
+      <c r="C5" s="219"/>
+      <c r="D5" s="219"/>
+      <c r="E5" s="219"/>
       <c r="F5" s="5"/>
       <c r="H5" s="4"/>
-      <c r="I5" s="198" t="s">
+      <c r="I5" s="219" t="s">
         <v>53</v>
       </c>
-      <c r="J5" s="198"/>
-[...1 lines deleted...]
-      <c r="L5" s="198"/>
+      <c r="J5" s="219"/>
+      <c r="K5" s="219"/>
+      <c r="L5" s="219"/>
       <c r="M5" s="5"/>
       <c r="O5" s="4"/>
-      <c r="P5" s="198" t="s">
+      <c r="P5" s="219" t="s">
         <v>53</v>
       </c>
-      <c r="Q5" s="198"/>
-[...1 lines deleted...]
-      <c r="S5" s="198"/>
+      <c r="Q5" s="219"/>
+      <c r="R5" s="219"/>
+      <c r="S5" s="219"/>
       <c r="T5" s="5"/>
     </row>
     <row r="6" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="4"/>
       <c r="B6" s="8"/>
       <c r="C6" s="8"/>
       <c r="D6" s="8"/>
       <c r="E6" s="8"/>
       <c r="F6" s="5"/>
       <c r="H6" s="4"/>
       <c r="I6" s="8"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
       <c r="M6" s="5"/>
       <c r="O6" s="4"/>
       <c r="P6" s="8"/>
       <c r="Q6" s="8"/>
       <c r="R6" s="8"/>
       <c r="S6" s="8"/>
       <c r="T6" s="5"/>
     </row>
     <row r="7" spans="1:20" ht="18" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="4"/>
-      <c r="B7" s="191" t="s">
+      <c r="B7" s="212" t="s">
+        <v>129</v>
+      </c>
+      <c r="C7" s="213"/>
+      <c r="D7" s="214"/>
+      <c r="E7" s="155" t="s">
         <v>111</v>
-      </c>
-[...3 lines deleted...]
-        <v>185138470</v>
       </c>
       <c r="F7" s="5"/>
       <c r="H7" s="4"/>
-      <c r="I7" s="191" t="s">
+      <c r="I7" s="212" t="s">
         <v>129</v>
       </c>
-      <c r="J7" s="192"/>
-      <c r="K7" s="193"/>
+      <c r="J7" s="213"/>
+      <c r="K7" s="214"/>
       <c r="L7" s="156" t="str">
         <f>'[1]2.Lot A School Buses'!$B$8</f>
         <v>Gregory Poole Equipment Company</v>
       </c>
       <c r="M7" s="5"/>
       <c r="O7" s="4"/>
-      <c r="P7" s="191" t="s">
+      <c r="P7" s="212" t="s">
         <v>129</v>
       </c>
-      <c r="Q7" s="192"/>
-      <c r="R7" s="193"/>
+      <c r="Q7" s="213"/>
+      <c r="R7" s="214"/>
       <c r="S7" s="156" t="str">
         <f>'[2]2.Lot A School Buses'!$B$8</f>
         <v>Carolina Thomas, LLC</v>
       </c>
       <c r="T7" s="5"/>
     </row>
     <row r="8" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="4"/>
       <c r="B8" s="79"/>
       <c r="C8" s="79"/>
       <c r="D8" s="79"/>
       <c r="E8" s="8"/>
       <c r="F8" s="5"/>
       <c r="H8" s="4"/>
       <c r="I8" s="79"/>
       <c r="J8" s="79"/>
       <c r="K8" s="79"/>
       <c r="L8" s="8"/>
       <c r="M8" s="5"/>
       <c r="O8" s="4"/>
       <c r="P8" s="79"/>
       <c r="Q8" s="79"/>
       <c r="R8" s="79"/>
       <c r="S8" s="8"/>
       <c r="T8" s="5"/>
@@ -3782,73 +3852,71 @@
       <c r="H9" s="4"/>
       <c r="I9" s="145" t="s">
         <v>54</v>
       </c>
       <c r="J9" s="146"/>
       <c r="K9" s="146"/>
       <c r="L9" s="147"/>
       <c r="M9" s="5"/>
       <c r="O9" s="4"/>
       <c r="P9" s="145" t="s">
         <v>54</v>
       </c>
       <c r="Q9" s="146"/>
       <c r="R9" s="146"/>
       <c r="S9" s="147"/>
       <c r="T9" s="5"/>
     </row>
     <row r="10" spans="1:20" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A10" s="4"/>
       <c r="B10" s="80" t="s">
         <v>55</v>
       </c>
       <c r="C10" s="81"/>
       <c r="D10" s="81"/>
       <c r="E10" s="154">
-        <v>158530323</v>
+        <v>169305569</v>
       </c>
       <c r="F10" s="5"/>
       <c r="H10" s="4"/>
       <c r="I10" s="80" t="s">
         <v>55</v>
       </c>
       <c r="J10" s="81"/>
       <c r="K10" s="81"/>
       <c r="L10" s="157">
-        <f>'[1]2.Lot A School Buses'!$G$64</f>
-        <v>150741241</v>
+        <v>163530990</v>
       </c>
       <c r="M10" s="5"/>
       <c r="O10" s="4"/>
       <c r="P10" s="80" t="s">
         <v>55</v>
       </c>
       <c r="Q10" s="81"/>
       <c r="R10" s="81"/>
       <c r="S10" s="157">
-        <f>'[2]2.Lot A School Buses'!$G$64</f>
-        <v>159388634</v>
+        <v>167843320.44800001</v>
       </c>
       <c r="T10" s="5"/>
     </row>
     <row r="11" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="4"/>
       <c r="B11" s="79"/>
       <c r="C11" s="79"/>
       <c r="D11" s="79"/>
       <c r="E11" s="8"/>
       <c r="F11" s="5"/>
       <c r="H11" s="4"/>
       <c r="I11" s="79"/>
       <c r="J11" s="79"/>
       <c r="K11" s="79"/>
       <c r="L11" s="8"/>
       <c r="M11" s="5"/>
       <c r="O11" s="4"/>
       <c r="P11" s="79"/>
       <c r="Q11" s="79"/>
       <c r="R11" s="79"/>
       <c r="S11" s="8"/>
       <c r="T11" s="5"/>
     </row>
     <row r="12" spans="1:20" ht="18" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="4"/>
@@ -3862,177 +3930,173 @@
       <c r="H12" s="4"/>
       <c r="I12" s="148" t="s">
         <v>56</v>
       </c>
       <c r="J12" s="149"/>
       <c r="K12" s="149"/>
       <c r="L12" s="150"/>
       <c r="M12" s="5"/>
       <c r="O12" s="4"/>
       <c r="P12" s="148" t="s">
         <v>56</v>
       </c>
       <c r="Q12" s="149"/>
       <c r="R12" s="149"/>
       <c r="S12" s="150"/>
       <c r="T12" s="5"/>
     </row>
     <row r="13" spans="1:20" ht="18.600000000000001" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A13" s="4"/>
       <c r="B13" s="80" t="s">
         <v>57</v>
       </c>
       <c r="C13" s="81"/>
       <c r="D13" s="81"/>
       <c r="E13" s="154">
-        <v>26608147</v>
+        <v>29058373</v>
       </c>
       <c r="F13" s="5"/>
       <c r="H13" s="4"/>
       <c r="I13" s="80" t="s">
         <v>57</v>
       </c>
       <c r="J13" s="81"/>
       <c r="K13" s="81"/>
       <c r="L13" s="157">
-        <f>'[1]3.Lot B Activity Buses'!$G$64</f>
-        <v>25886135</v>
+        <v>28204680</v>
       </c>
       <c r="M13" s="5"/>
       <c r="O13" s="4"/>
       <c r="P13" s="80" t="s">
         <v>57</v>
       </c>
       <c r="Q13" s="81"/>
       <c r="R13" s="81"/>
       <c r="S13" s="157">
-        <f>'[2]3.Lot B Activity Buses'!$G$64</f>
-        <v>27960633</v>
+        <v>29804102</v>
       </c>
       <c r="T13" s="5"/>
     </row>
     <row r="14" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A14" s="4"/>
       <c r="B14" s="8"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="8"/>
       <c r="F14" s="5"/>
       <c r="H14" s="4"/>
       <c r="I14" s="8"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
       <c r="M14" s="5"/>
       <c r="O14" s="4"/>
       <c r="P14" s="8"/>
       <c r="Q14" s="8"/>
       <c r="R14" s="8"/>
       <c r="S14" s="8"/>
       <c r="T14" s="5"/>
     </row>
     <row r="15" spans="1:20" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="9"/>
       <c r="B15" s="10"/>
       <c r="C15" s="10"/>
       <c r="D15" s="10"/>
       <c r="E15" s="10"/>
       <c r="F15" s="11"/>
       <c r="H15" s="9"/>
       <c r="I15" s="10"/>
       <c r="J15" s="10"/>
       <c r="K15" s="10"/>
       <c r="L15" s="10"/>
       <c r="M15" s="11"/>
       <c r="O15" s="9"/>
       <c r="P15" s="10"/>
       <c r="Q15" s="10"/>
       <c r="R15" s="10"/>
       <c r="S15" s="10"/>
       <c r="T15" s="11"/>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="B7:D7"/>
+    <mergeCell ref="B2:E2"/>
+    <mergeCell ref="A3:F3"/>
+    <mergeCell ref="B4:E4"/>
+    <mergeCell ref="B5:E5"/>
+    <mergeCell ref="I2:L2"/>
+    <mergeCell ref="H3:M3"/>
+    <mergeCell ref="I4:L4"/>
+    <mergeCell ref="I5:L5"/>
+    <mergeCell ref="I7:K7"/>
     <mergeCell ref="P7:R7"/>
     <mergeCell ref="P2:S2"/>
     <mergeCell ref="O3:T3"/>
     <mergeCell ref="P4:S4"/>
     <mergeCell ref="P5:S5"/>
-    <mergeCell ref="I2:L2"/>
-[...8 lines deleted...]
-    <mergeCell ref="B5:E5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7FC3150-9ADB-4307-960D-BCFAE04C37CB}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AA64"/>
   <sheetViews>
-    <sheetView topLeftCell="O3" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48.44140625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="13.77734375" customWidth="1"/>
-    <col min="5" max="5" width="19.21875" customWidth="1"/>
+    <col min="4" max="4" width="13.6640625" customWidth="1"/>
+    <col min="5" max="5" width="19.33203125" customWidth="1"/>
     <col min="6" max="6" width="19.44140625" customWidth="1"/>
     <col min="7" max="7" width="20" customWidth="1"/>
     <col min="8" max="8" width="21.44140625" customWidth="1"/>
     <col min="9" max="9" width="22.44140625" customWidth="1"/>
     <col min="10" max="10" width="6.109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="44.44140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.88671875" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="7.21875" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="18" max="18" width="16.109375" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="10.5546875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12" style="175" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="13" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="19.6640625" customWidth="1"/>
+    <col min="17" max="17" width="12.6640625" customWidth="1"/>
+    <col min="18" max="18" width="17.33203125" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="6.109375" bestFit="1" customWidth="1"/>
-    <col min="20" max="20" width="44.44140625" bestFit="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="27" max="27" width="22.6640625" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="48.5546875" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="8.5546875" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="9.44140625" customWidth="1"/>
+    <col min="23" max="23" width="10.6640625" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="13" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="19.5546875" customWidth="1"/>
+    <col min="26" max="26" width="18.44140625" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="23.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="82" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="129" t="s">
         <v>58</v>
       </c>
       <c r="C1" s="83"/>
       <c r="D1" s="83"/>
       <c r="E1" s="83"/>
       <c r="F1" s="83"/>
       <c r="G1" s="83"/>
       <c r="H1" s="83"/>
       <c r="I1" s="84"/>
     </row>
     <row r="2" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A2" s="85" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="86"/>
       <c r="C2" s="86"/>
       <c r="D2" s="86"/>
       <c r="E2" s="86"/>
@@ -4047,71 +4111,71 @@
       </c>
       <c r="B3" s="89"/>
       <c r="C3" s="90"/>
       <c r="D3" s="86"/>
       <c r="E3" s="86"/>
       <c r="F3" s="86"/>
       <c r="G3" s="86"/>
       <c r="H3" s="86"/>
       <c r="I3" s="87"/>
     </row>
     <row r="4" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="85"/>
       <c r="B4" s="86"/>
       <c r="C4" s="86"/>
       <c r="D4" s="86"/>
       <c r="E4" s="86"/>
       <c r="F4" s="86"/>
       <c r="G4" s="86"/>
       <c r="H4" s="86"/>
       <c r="I4" s="87"/>
     </row>
     <row r="5" spans="1:27" ht="15.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="85"/>
       <c r="B5" s="86"/>
       <c r="C5" s="86"/>
-      <c r="D5" s="199" t="s">
+      <c r="D5" s="220" t="s">
         <v>110</v>
       </c>
-      <c r="E5" s="200"/>
-[...3 lines deleted...]
-      <c r="I5" s="201"/>
+      <c r="E5" s="221"/>
+      <c r="F5" s="221"/>
+      <c r="G5" s="221"/>
+      <c r="H5" s="221"/>
+      <c r="I5" s="222"/>
     </row>
     <row r="6" spans="1:27" ht="15.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A6" s="205" t="s">
+      <c r="A6" s="226" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="206"/>
-[...6 lines deleted...]
-      <c r="I6" s="204"/>
+      <c r="B6" s="227"/>
+      <c r="C6" s="228"/>
+      <c r="D6" s="223"/>
+      <c r="E6" s="224"/>
+      <c r="F6" s="224"/>
+      <c r="G6" s="224"/>
+      <c r="H6" s="224"/>
+      <c r="I6" s="225"/>
     </row>
     <row r="7" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A7" s="85"/>
       <c r="B7" s="86"/>
       <c r="C7" s="86"/>
       <c r="D7" s="86"/>
       <c r="E7" s="86"/>
       <c r="F7" s="86"/>
       <c r="G7" s="86"/>
       <c r="H7" s="86"/>
       <c r="I7" s="87"/>
     </row>
     <row r="8" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A8" s="85" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="91" t="s">
         <v>128</v>
       </c>
       <c r="C8" s="86"/>
       <c r="D8" s="86"/>
       <c r="E8" s="86"/>
       <c r="F8" s="86"/>
       <c r="G8" s="86"/>
       <c r="H8" s="86"/>
@@ -4126,91 +4190,91 @@
       <c r="F9" s="86"/>
       <c r="G9" s="86"/>
       <c r="H9" s="86"/>
       <c r="I9" s="87"/>
       <c r="J9" s="158" t="s">
         <v>136</v>
       </c>
       <c r="K9" s="158"/>
       <c r="S9" s="158" t="s">
         <v>154</v>
       </c>
       <c r="T9" s="158"/>
       <c r="U9" s="158"/>
     </row>
     <row r="10" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A10" s="92"/>
       <c r="B10" s="93"/>
       <c r="C10" s="93"/>
       <c r="D10" s="93"/>
       <c r="E10" s="93"/>
       <c r="F10" s="93"/>
       <c r="G10" s="93"/>
       <c r="H10" s="93"/>
       <c r="I10" s="94"/>
     </row>
-    <row r="11" spans="1:27" ht="69.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:27" ht="42" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="125" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="126" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="126" t="s">
         <v>60</v>
       </c>
       <c r="D11" s="127" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="127" t="s">
         <v>61</v>
       </c>
       <c r="F11" s="127" t="s">
         <v>62</v>
       </c>
       <c r="G11" s="127" t="s">
         <v>63</v>
       </c>
       <c r="H11" s="127" t="s">
         <v>64</v>
       </c>
       <c r="I11" s="128" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="125" t="s">
         <v>4</v>
       </c>
       <c r="K11" s="126" t="s">
         <v>59</v>
       </c>
       <c r="L11" s="126" t="s">
         <v>60</v>
       </c>
       <c r="M11" s="127" t="s">
         <v>34</v>
       </c>
-      <c r="N11" s="127" t="s">
+      <c r="N11" s="176" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="127" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="127" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="127" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="128" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="125" t="s">
         <v>4</v>
       </c>
       <c r="T11" s="126" t="s">
         <v>59</v>
       </c>
       <c r="U11" s="126" t="s">
         <v>60</v>
       </c>
       <c r="V11" s="127" t="s">
         <v>34</v>
@@ -4220,3560 +4284,3575 @@
       </c>
       <c r="X11" s="127" t="s">
         <v>62</v>
       </c>
       <c r="Y11" s="127" t="s">
         <v>63</v>
       </c>
       <c r="Z11" s="127" t="s">
         <v>64</v>
       </c>
       <c r="AA11" s="128" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="95"/>
       <c r="B12" s="96" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="97">
         <v>8</v>
       </c>
       <c r="D12" s="98"/>
       <c r="E12" s="98"/>
       <c r="F12" s="99">
-        <v>146084</v>
+        <v>155654</v>
       </c>
       <c r="G12" s="100">
         <f>C12*F12</f>
-        <v>1168672</v>
+        <v>1245232</v>
       </c>
       <c r="H12" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I12" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J12" s="95"/>
       <c r="K12" s="96" t="s">
         <v>66</v>
       </c>
       <c r="L12" s="97">
         <v>8</v>
       </c>
       <c r="M12" s="98"/>
-      <c r="N12" s="98"/>
+      <c r="N12" s="177"/>
       <c r="O12" s="99">
-        <v>148721</v>
+        <v>153971</v>
       </c>
       <c r="P12" s="100">
         <f>L12*O12</f>
-        <v>1189768</v>
+        <v>1231768</v>
       </c>
       <c r="Q12" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R12" s="102" t="s">
         <v>131</v>
       </c>
       <c r="S12" s="95"/>
       <c r="T12" s="96" t="s">
         <v>66</v>
       </c>
       <c r="U12" s="97">
         <v>8</v>
       </c>
       <c r="V12" s="98"/>
       <c r="W12" s="98"/>
       <c r="X12" s="99">
         <v>154008</v>
       </c>
       <c r="Y12" s="100">
         <f>U12*X12</f>
         <v>1232064</v>
       </c>
       <c r="Z12" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA12" s="162" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="13" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="103"/>
       <c r="B13" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C13" s="105">
         <v>8</v>
       </c>
       <c r="D13" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E13" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F13" s="108"/>
       <c r="G13" s="109">
         <f>IF(D13="Add",($F$12+E13)*C13, (IF(D13="Deduct",($F$12-E13)*C13,  (IF(D13="No Charge",$F$12*C13,  (IF(D13="Not Available", "N/A", "")))))))</f>
-        <v>1222272</v>
+        <v>1315904</v>
       </c>
       <c r="H13" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I13" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J13" s="103"/>
       <c r="K13" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L13" s="105">
         <v>8</v>
       </c>
       <c r="M13" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="N13" s="107"/>
+      <c r="N13" s="178"/>
       <c r="O13" s="108"/>
       <c r="P13" s="109" t="str">
-        <f>IF(M13="Add",($F$12+N13)*L13, (IF(M13="Deduct",($F$12-N13)*L13,  (IF(M13="No Charge",$F$12*L13,  (IF(M13="Not Available", "N/A", "")))))))</f>
+        <f>IF(M13="Add",($O$12+N13)*L13, (IF(M13="Deduct",($O$12-N13)*L13,  (IF(M13="No Charge",$O$12*L13,  (IF(M13="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q13" s="107"/>
       <c r="R13" s="110"/>
       <c r="S13" s="103"/>
       <c r="T13" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U13" s="105">
         <v>8</v>
       </c>
       <c r="V13" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W13" s="107">
         <v>7636</v>
       </c>
       <c r="X13" s="108"/>
       <c r="Y13" s="109">
-        <f>IF(V13="Add",($F$12+W13)*U13, (IF(V13="Deduct",($F$12-W13)*U13,  (IF(V13="No Charge",$F$12*U13,  (IF(V13="Not Available", "N/A", "")))))))</f>
-        <v>1229760</v>
+        <f>IF(V13="Add",($X$12+W13)*U13, (IF(V13="Deduct",($F$12-W13)*U13,  (IF(V13="No Charge",$F$12*U13,  (IF(V13="Not Available", "N/A", "")))))))</f>
+        <v>1293152</v>
       </c>
       <c r="Z13" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA13" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="111">
         <v>1</v>
       </c>
       <c r="B14" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C14" s="105">
         <v>8</v>
       </c>
       <c r="D14" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E14" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F14" s="108"/>
       <c r="G14" s="109">
         <f>IF(D14="Add",($F$12+E14)*C14, (IF(D14="Deduct",($F$12-E14)*C14,  (IF(D14="No Charge",$F$12*C14,  (IF(D14="Not Available", "N/A", "")))))))</f>
-        <v>1245264</v>
+        <v>1337824</v>
       </c>
       <c r="H14" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I14" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J14" s="111">
         <v>1</v>
       </c>
       <c r="K14" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L14" s="105">
         <v>8</v>
       </c>
       <c r="M14" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N14" s="107">
-        <v>10013</v>
+      <c r="N14" s="178">
+        <v>11100</v>
       </c>
       <c r="O14" s="108"/>
       <c r="P14" s="109">
-        <f>IF(M14="Add",($F$12+N14)*L14, (IF(M14="Deduct",($F$12-N14)*L14,  (IF(M14="No Charge",$F$12*L14,  (IF(M14="Not Available", "N/A", "")))))))</f>
-        <v>1248776</v>
+        <f>IF(M14="Add",($O$12+N14)*L14, (IF(M14="Deduct",($O$12-N14)*L14,  (IF(M14="No Charge",$O$12*L14,  (IF(M14="Not Available", "N/A", "")))))))</f>
+        <v>1320568</v>
       </c>
       <c r="Q14" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R14" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S14" s="111">
         <v>1</v>
       </c>
       <c r="T14" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U14" s="105">
         <v>8</v>
       </c>
       <c r="V14" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W14" s="107">
         <v>10611</v>
       </c>
       <c r="X14" s="108"/>
       <c r="Y14" s="109">
-        <f>IF(V14="Add",($F$12+W14)*U14, (IF(V14="Deduct",($F$12-W14)*U14,  (IF(V14="No Charge",$F$12*U14,  (IF(V14="Not Available", "N/A", "")))))))</f>
-        <v>1253560</v>
+        <f>IF(V14="Add",($X$12+W14)*U14, (IF(V14="Deduct",($F$12-W14)*U14,  (IF(V14="No Charge",$F$12*U14,  (IF(V14="Not Available", "N/A", "")))))))</f>
+        <v>1316952</v>
       </c>
       <c r="Z14" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA14" s="164" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="15" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="103"/>
       <c r="B15" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="105">
         <v>1</v>
       </c>
       <c r="D15" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E15" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F15" s="108"/>
       <c r="G15" s="109">
         <f>IF(D15="Add",($F$12+E15)*C15, (IF(D15="Deduct",($F$12-E15)*C15,  (IF(D15="No Charge",$F$12*C15,  (IF(D15="Not Available", "N/A", "")))))))</f>
-        <v>138584</v>
+        <v>142826</v>
       </c>
       <c r="H15" s="108"/>
       <c r="I15" s="112"/>
       <c r="J15" s="103"/>
       <c r="K15" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L15" s="105">
         <v>1</v>
       </c>
       <c r="M15" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N15" s="107">
+      <c r="N15" s="178">
         <v>6000</v>
       </c>
       <c r="O15" s="108"/>
       <c r="P15" s="109">
-        <f>IF(M15="Add",($F$12+N15)*L15, (IF(M15="Deduct",($F$12-N15)*L15,  (IF(M15="No Charge",$F$12*L15,  (IF(M15="Not Available", "N/A", "")))))))</f>
-        <v>140084</v>
+        <f>IF(M15="Add",($O$12+N15)*L15, (IF(M15="Deduct",($O$12-N15)*L15,  (IF(M15="No Charge",$O$12*L15,  (IF(M15="Not Available", "N/A", "")))))))</f>
+        <v>147971</v>
       </c>
       <c r="Q15" s="108"/>
       <c r="R15" s="112"/>
       <c r="S15" s="103"/>
       <c r="T15" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U15" s="105">
         <v>1</v>
       </c>
       <c r="V15" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W15" s="107">
         <v>13500</v>
       </c>
       <c r="X15" s="108"/>
       <c r="Y15" s="109">
-        <f>IF(V15="Add",($F$12+W15)*U15, (IF(V15="Deduct",($F$12-W15)*U15,  (IF(V15="No Charge",$F$12*U15,  (IF(V15="Not Available", "N/A", "")))))))</f>
-        <v>132584</v>
+        <f>IF(V15="Add",($X$12+W15)*U15, (IF(V15="Deduct",($F$12-W15)*U15,  (IF(V15="No Charge",$F$12*U15,  (IF(V15="Not Available", "N/A", "")))))))</f>
+        <v>142154</v>
       </c>
       <c r="Z15" s="108"/>
       <c r="AA15" s="112"/>
     </row>
     <row r="16" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="103"/>
       <c r="B16" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="105">
         <v>1</v>
       </c>
       <c r="D16" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E16" s="151">
         <v>550</v>
       </c>
       <c r="F16" s="108"/>
       <c r="G16" s="109">
         <f>IF(D16="Add",($F$12+E16)*C16, (IF(D16="Deduct",($F$12-E16)*C16,  (IF(D16="No Charge",$F$12*C16,  (IF(D16="Not Available", "N/A", "")))))))</f>
-        <v>146634</v>
+        <v>156204</v>
       </c>
       <c r="H16" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I16" s="110" t="s">
         <v>122</v>
       </c>
       <c r="J16" s="103"/>
       <c r="K16" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L16" s="105">
         <v>1</v>
       </c>
       <c r="M16" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N16" s="107">
+      <c r="N16" s="178">
         <v>500</v>
       </c>
       <c r="O16" s="108"/>
       <c r="P16" s="109">
-        <f>IF(M16="Add",($F$12+N16)*L16, (IF(M16="Deduct",($F$12-N16)*L16,  (IF(M16="No Charge",$F$12*L16,  (IF(M16="Not Available", "N/A", "")))))))</f>
-        <v>146584</v>
+        <f>IF(M16="Add",($O$12+N16)*L16, (IF(M16="Deduct",($O$12-N16)*L16,  (IF(M16="No Charge",$O$12*L16,  (IF(M16="Not Available", "N/A", "")))))))</f>
+        <v>154471</v>
       </c>
       <c r="Q16" s="107"/>
       <c r="R16" s="110"/>
       <c r="S16" s="103"/>
       <c r="T16" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U16" s="105">
         <v>1</v>
       </c>
       <c r="V16" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W16" s="107">
         <v>570</v>
       </c>
       <c r="X16" s="108"/>
       <c r="Y16" s="109">
-        <f>IF(V16="Add",($F$12+W16)*U16, (IF(V16="Deduct",($F$12-W16)*U16,  (IF(V16="No Charge",$F$12*U16,  (IF(V16="Not Available", "N/A", "")))))))</f>
-        <v>146654</v>
+        <f>IF(V16="Add",($X$12+W16)*U16, (IF(V16="Deduct",($F$12-W16)*U16,  (IF(V16="No Charge",$F$12*U16,  (IF(V16="Not Available", "N/A", "")))))))</f>
+        <v>154578</v>
       </c>
       <c r="Z16" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA16" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="113"/>
       <c r="B17" s="114" t="s">
         <v>71</v>
       </c>
       <c r="C17" s="115"/>
       <c r="D17" s="115"/>
       <c r="E17" s="115"/>
       <c r="F17" s="115"/>
       <c r="G17" s="116">
         <f>SUM(G12:G16)</f>
-        <v>3921426</v>
+        <v>4197990</v>
       </c>
       <c r="H17" s="115"/>
       <c r="I17" s="117"/>
       <c r="J17" s="113"/>
       <c r="K17" s="114" t="s">
         <v>71</v>
       </c>
       <c r="L17" s="115"/>
       <c r="M17" s="115"/>
-      <c r="N17" s="115"/>
+      <c r="N17" s="179"/>
       <c r="O17" s="115"/>
       <c r="P17" s="116">
         <f>SUM(P12:P16)</f>
-        <v>2725212</v>
+        <v>2854778</v>
       </c>
       <c r="Q17" s="115"/>
       <c r="R17" s="117"/>
       <c r="S17" s="113"/>
       <c r="T17" s="114" t="s">
         <v>71</v>
       </c>
       <c r="U17" s="115"/>
       <c r="V17" s="115"/>
       <c r="W17" s="115"/>
       <c r="X17" s="115"/>
       <c r="Y17" s="116">
         <f>SUM(Y12:Y16)</f>
-        <v>3994622</v>
+        <v>4138900</v>
       </c>
       <c r="Z17" s="115"/>
       <c r="AA17" s="117"/>
     </row>
     <row r="18" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="95"/>
       <c r="B18" s="96" t="s">
         <v>72</v>
       </c>
       <c r="C18" s="97">
         <v>25</v>
       </c>
       <c r="D18" s="98"/>
       <c r="E18" s="98"/>
       <c r="F18" s="99">
-        <v>149887</v>
+        <v>159856</v>
       </c>
       <c r="G18" s="100">
         <f>C18*F18</f>
-        <v>3747175</v>
+        <v>3996400</v>
       </c>
       <c r="H18" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I18" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J18" s="95"/>
       <c r="K18" s="96" t="s">
         <v>72</v>
       </c>
       <c r="L18" s="97">
         <v>25</v>
       </c>
       <c r="M18" s="98"/>
-      <c r="N18" s="98"/>
+      <c r="N18" s="177"/>
       <c r="O18" s="99">
-        <v>150927</v>
+        <v>156177</v>
       </c>
       <c r="P18" s="100">
         <f>L18*O18</f>
-        <v>3773175</v>
+        <v>3904425</v>
       </c>
       <c r="Q18" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R18" s="102" t="s">
         <v>133</v>
       </c>
       <c r="S18" s="95"/>
       <c r="T18" s="96" t="s">
         <v>72</v>
       </c>
       <c r="U18" s="97">
         <v>25</v>
       </c>
       <c r="V18" s="98"/>
       <c r="W18" s="98"/>
       <c r="X18" s="99">
         <v>155396</v>
       </c>
       <c r="Y18" s="100">
         <f>U18*X18</f>
         <v>3884900</v>
       </c>
       <c r="Z18" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA18" s="162" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="103"/>
       <c r="B19" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="105">
         <v>13</v>
       </c>
       <c r="D19" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E19" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F19" s="108"/>
       <c r="G19" s="109">
         <f>IF(D19="Add",($F$18+E19)*C19, (IF(D19="Deduct",($F$18-E19)*C19,  (IF(D19="No Charge",$F$18*C19,  (IF(D19="Not Available", "N/A", "")))))))</f>
-        <v>2035631</v>
+        <v>2192970</v>
       </c>
       <c r="H19" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I19" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J19" s="103"/>
       <c r="K19" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L19" s="105">
         <v>13</v>
       </c>
       <c r="M19" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N19" s="107">
+      <c r="N19" s="178">
         <v>7450</v>
       </c>
       <c r="O19" s="108"/>
       <c r="P19" s="109">
-        <f>IF(M19="Add",($F$18+N19)*L19, (IF(M19="Deduct",($F$18-N19)*L19,  (IF(M19="No Charge",$F$18*L19,  (IF(M19="Not Available", "N/A", "")))))))</f>
-        <v>2045381</v>
+        <f>IF(M19="Add",($O$18+N19)*L19, (IF(M19="Deduct",($O$18-N19)*L19,  (IF(M19="No Charge",$O$18*L19,  (IF(M19="Not Available", "N/A", "")))))))</f>
+        <v>2127151</v>
       </c>
       <c r="Q19" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R19" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S19" s="103"/>
       <c r="T19" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U19" s="105">
         <v>13</v>
       </c>
       <c r="V19" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W19" s="107">
         <v>7833</v>
       </c>
       <c r="X19" s="108"/>
       <c r="Y19" s="109">
-        <f>IF(V19="Add",($F$18+W19)*U19, (IF(V19="Deduct",($F$18-W19)*U19,  (IF(V19="No Charge",$F$18*U19,  (IF(V19="Not Available", "N/A", "")))))))</f>
-        <v>2050360</v>
+        <f>IF(V19="Add",($X$18+W19)*U19, (IF(V19="Deduct",($X$18-W19)*U19,  (IF(V19="No Charge",$X$18*U19,  (IF(V19="Not Available", "N/A", "")))))))</f>
+        <v>2121977</v>
       </c>
       <c r="Z19" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA19" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="111">
         <v>2</v>
       </c>
       <c r="B20" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C20" s="105">
         <v>2</v>
       </c>
       <c r="D20" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E20" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F20" s="108"/>
       <c r="G20" s="109">
         <f>IF(D20="Add",($F$18+E20)*C20, (IF(D20="Deduct",($F$18-E20)*C20,  (IF(D20="No Charge",$F$18*C20,  (IF(D20="Not Available", "N/A", "")))))))</f>
-        <v>318922</v>
+        <v>342860</v>
       </c>
       <c r="H20" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I20" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J20" s="111">
         <v>2</v>
       </c>
       <c r="K20" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L20" s="105">
         <v>2</v>
       </c>
       <c r="M20" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N20" s="107">
-        <v>10099</v>
+      <c r="N20" s="178">
+        <v>10300</v>
       </c>
       <c r="O20" s="108"/>
       <c r="P20" s="109">
-        <f>IF(M20="Add",($F$18+N20)*L20, (IF(M20="Deduct",($F$18-N20)*L20,  (IF(M20="No Charge",$F$18*L20,  (IF(M20="Not Available", "N/A", "")))))))</f>
-        <v>319972</v>
+        <f>IF(M20="Add",($O$18+N20)*L20, (IF(M20="Deduct",($O$18-N20)*L20,  (IF(M20="No Charge",$O$18*L20,  (IF(M20="Not Available", "N/A", "")))))))</f>
+        <v>332954</v>
       </c>
       <c r="Q20" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R20" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S20" s="111">
         <v>2</v>
       </c>
       <c r="T20" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U20" s="105">
         <v>2</v>
       </c>
       <c r="V20" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W20" s="107">
         <v>11026</v>
       </c>
       <c r="X20" s="108"/>
       <c r="Y20" s="109">
-        <f>IF(V20="Add",($F$18+W20)*U20, (IF(V20="Deduct",($F$18-W20)*U20,  (IF(V20="No Charge",$F$18*U20,  (IF(V20="Not Available", "N/A", "")))))))</f>
-        <v>321826</v>
+        <f>IF(V20="Add",($X$18+W20)*U20, (IF(V20="Deduct",($X$18-W20)*U20,  (IF(V20="No Charge",$X$18*U20,  (IF(V20="Not Available", "N/A", "")))))))</f>
+        <v>332844</v>
       </c>
       <c r="Z20" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA20" s="164" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="103"/>
       <c r="B21" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C21" s="105">
         <v>2</v>
       </c>
       <c r="D21" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E21" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F21" s="108"/>
       <c r="G21" s="109">
         <f>IF(D21="Add",($F$18+E21)*C21, (IF(D21="Deduct",($F$18-E21)*C21,  (IF(D21="No Charge",$F$18*C21,  (IF(D21="Not Available", "N/A", "")))))))</f>
-        <v>284774</v>
+        <v>294056</v>
       </c>
       <c r="H21" s="118"/>
       <c r="I21" s="119"/>
       <c r="J21" s="103"/>
       <c r="K21" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L21" s="105">
         <v>2</v>
       </c>
       <c r="M21" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N21" s="107">
+      <c r="N21" s="178">
         <v>6000</v>
       </c>
       <c r="O21" s="108"/>
       <c r="P21" s="109">
-        <f>IF(M21="Add",($F$18+N21)*L21, (IF(M21="Deduct",($F$18-N21)*L21,  (IF(M21="No Charge",$F$18*L21,  (IF(M21="Not Available", "N/A", "")))))))</f>
-        <v>287774</v>
+        <f>IF(M21="Add",($O$18+N21)*L21, (IF(M21="Deduct",($O$18-N21)*L21,  (IF(M21="No Charge",$O$18*L21,  (IF(M21="Not Available", "N/A", "")))))))</f>
+        <v>300354</v>
       </c>
       <c r="Q21" s="118"/>
       <c r="R21" s="119"/>
       <c r="S21" s="103"/>
       <c r="T21" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U21" s="105">
         <v>2</v>
       </c>
       <c r="V21" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W21" s="107">
         <v>13500</v>
       </c>
       <c r="X21" s="108"/>
       <c r="Y21" s="109">
-        <f>IF(V21="Add",($F$18+W21)*U21, (IF(V21="Deduct",($F$18-W21)*U21,  (IF(V21="No Charge",$F$18*U21,  (IF(V21="Not Available", "N/A", "")))))))</f>
-        <v>272774</v>
+        <f>IF(V21="Add",($X$18+W21)*U21, (IF(V21="Deduct",($X$18-W21)*U21,  (IF(V21="No Charge",$X$18*U21,  (IF(V21="Not Available", "N/A", "")))))))</f>
+        <v>283792</v>
       </c>
       <c r="Z21" s="118"/>
       <c r="AA21" s="119"/>
     </row>
     <row r="22" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="103"/>
       <c r="B22" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="105">
         <v>1</v>
       </c>
       <c r="D22" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E22" s="151">
         <v>550</v>
       </c>
       <c r="F22" s="108"/>
       <c r="G22" s="109">
         <f>IF(D22="Add",($F$18+E22)*C22, (IF(D22="Deduct",($F$18-E22)*C22,  (IF(D22="No Charge",$F$18*C22,  (IF(D22="Not Available", "N/A", "")))))))</f>
-        <v>150437</v>
+        <v>160406</v>
       </c>
       <c r="H22" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I22" s="110" t="s">
         <v>122</v>
       </c>
       <c r="J22" s="103"/>
       <c r="K22" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L22" s="105">
         <v>1</v>
       </c>
       <c r="M22" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N22" s="107">
+      <c r="N22" s="178">
         <v>500</v>
       </c>
       <c r="O22" s="108"/>
       <c r="P22" s="109">
-        <f>IF(M22="Add",($F$18+N22)*L22, (IF(M22="Deduct",($F$18-N22)*L22,  (IF(M22="No Charge",$F$18*L22,  (IF(M22="Not Available", "N/A", "")))))))</f>
-        <v>150387</v>
+        <f>IF(M22="Add",($O$18+N22)*L22, (IF(M22="Deduct",($O$18-N22)*L22,  (IF(M22="No Charge",$O$18*L22,  (IF(M22="Not Available", "N/A", "")))))))</f>
+        <v>156677</v>
       </c>
       <c r="Q22" s="107"/>
       <c r="R22" s="110"/>
       <c r="S22" s="103"/>
       <c r="T22" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U22" s="105">
         <v>1</v>
       </c>
       <c r="V22" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W22" s="107">
         <v>570</v>
       </c>
       <c r="X22" s="108"/>
       <c r="Y22" s="109">
-        <f>IF(V22="Add",($F$18+W22)*U22, (IF(V22="Deduct",($F$18-W22)*U22,  (IF(V22="No Charge",$F$18*U22,  (IF(V22="Not Available", "N/A", "")))))))</f>
-        <v>150457</v>
+        <f>IF(V22="Add",($X$18+W22)*U22, (IF(V22="Deduct",($X$18-W22)*U22,  (IF(V22="No Charge",$X$18*U22,  (IF(V22="Not Available", "N/A", "")))))))</f>
+        <v>155966</v>
       </c>
       <c r="Z22" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA22" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="113"/>
       <c r="B23" s="114" t="s">
         <v>73</v>
       </c>
       <c r="C23" s="115"/>
       <c r="D23" s="115"/>
       <c r="E23" s="115"/>
       <c r="F23" s="115"/>
       <c r="G23" s="116">
         <f>SUM(G18:G22)</f>
-        <v>6536939</v>
+        <v>6986692</v>
       </c>
       <c r="H23" s="115"/>
       <c r="I23" s="117"/>
       <c r="J23" s="113"/>
       <c r="K23" s="114" t="s">
         <v>73</v>
       </c>
       <c r="L23" s="115"/>
       <c r="M23" s="115"/>
-      <c r="N23" s="115"/>
+      <c r="N23" s="179"/>
       <c r="O23" s="115"/>
       <c r="P23" s="116">
         <f>SUM(P18:P22)</f>
-        <v>6576689</v>
+        <v>6821561</v>
       </c>
       <c r="Q23" s="115"/>
       <c r="R23" s="117"/>
       <c r="S23" s="113"/>
       <c r="T23" s="114" t="s">
         <v>73</v>
       </c>
       <c r="U23" s="115"/>
       <c r="V23" s="115"/>
       <c r="W23" s="115"/>
       <c r="X23" s="115"/>
       <c r="Y23" s="116">
         <f>SUM(Y18:Y22)</f>
-        <v>6680317</v>
+        <v>6779479</v>
       </c>
       <c r="Z23" s="115"/>
       <c r="AA23" s="117"/>
     </row>
     <row r="24" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="95"/>
       <c r="B24" s="96" t="s">
         <v>74</v>
       </c>
       <c r="C24" s="97">
         <v>100</v>
       </c>
       <c r="D24" s="98"/>
       <c r="E24" s="98"/>
       <c r="F24" s="99">
-        <v>152638</v>
+        <v>162435</v>
       </c>
       <c r="G24" s="100">
         <f>C24*F24</f>
-        <v>15263800</v>
+        <v>16243500</v>
       </c>
       <c r="H24" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I24" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J24" s="95"/>
       <c r="K24" s="96" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="97">
         <v>100</v>
       </c>
       <c r="M24" s="98"/>
-      <c r="N24" s="98"/>
+      <c r="N24" s="177"/>
       <c r="O24" s="99">
-        <v>153212</v>
+        <v>158462</v>
       </c>
       <c r="P24" s="100">
         <f>L24*O24</f>
-        <v>15321200</v>
+        <v>15846200</v>
       </c>
       <c r="Q24" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R24" s="102" t="s">
         <v>134</v>
       </c>
       <c r="S24" s="95"/>
       <c r="T24" s="96" t="s">
         <v>74</v>
       </c>
       <c r="U24" s="97">
         <v>100</v>
       </c>
       <c r="V24" s="98"/>
       <c r="W24" s="98"/>
       <c r="X24" s="99">
         <v>159635</v>
       </c>
       <c r="Y24" s="100">
         <f>U24*X24</f>
         <v>15963500</v>
       </c>
       <c r="Z24" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA24" s="162" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="103"/>
       <c r="B25" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="105">
         <v>12</v>
       </c>
       <c r="D25" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F25" s="108"/>
       <c r="G25" s="109">
         <f>IF(D25="Add",($F$24+E25)*C25, (IF(D25="Deduct",($F$24-E25)*C25,  (IF(D25="No Charge",$F$24*C25,  (IF(D25="Not Available", "N/A", "")))))))</f>
-        <v>1912056</v>
+        <v>2055228</v>
       </c>
       <c r="H25" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I25" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J25" s="103"/>
       <c r="K25" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L25" s="105">
         <v>12</v>
       </c>
       <c r="M25" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N25" s="107">
+      <c r="N25" s="178">
         <v>8201</v>
       </c>
       <c r="O25" s="108"/>
       <c r="P25" s="109">
-        <f>IF(M25="Add",($F$24+N25)*L25, (IF(M25="Deduct",($F$24-N25)*L25,  (IF(M25="No Charge",$F$24*L25,  (IF(M25="Not Available", "N/A", "")))))))</f>
-        <v>1930068</v>
+        <f>IF(M25="Add",($O$24+N25)*L25, (IF(M25="Deduct",($O$24-N25)*L25,  (IF(M25="No Charge",$O$24*L25,  (IF(M25="Not Available", "N/A", "")))))))</f>
+        <v>1999956</v>
       </c>
       <c r="Q25" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R25" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S25" s="103"/>
       <c r="T25" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U25" s="105">
         <v>12</v>
       </c>
       <c r="V25" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W25" s="107">
         <v>8418</v>
       </c>
       <c r="X25" s="108"/>
       <c r="Y25" s="109">
-        <f>IF(V25="Add",($F$24+W25)*U25, (IF(V25="Deduct",($F$24-W25)*U25,  (IF(V25="No Charge",$F$24*U25,  (IF(V25="Not Available", "N/A", "")))))))</f>
-        <v>1932672</v>
+        <f>IF(V25="Add",($X$24+W25)*U25, (IF(V25="Deduct",($X$24-W25)*U25,  (IF(V25="No Charge",$X$24*U25,  (IF(V25="Not Available", "N/A", "")))))))</f>
+        <v>2016636</v>
       </c>
       <c r="Z25" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA25" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="111">
         <v>3</v>
       </c>
       <c r="B26" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="105">
         <v>4</v>
       </c>
       <c r="D26" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F26" s="108"/>
       <c r="G26" s="109">
         <f>IF(D26="Add",($F$24+E26)*C26, (IF(D26="Deduct",($F$24-E26)*C26,  (IF(D26="No Charge",$F$24*C26,  (IF(D26="Not Available", "N/A", "")))))))</f>
-        <v>648848</v>
+        <v>696036</v>
       </c>
       <c r="H26" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I26" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J26" s="111">
         <v>3</v>
       </c>
       <c r="K26" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L26" s="105">
         <v>4</v>
       </c>
       <c r="M26" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N26" s="107">
-        <v>12229</v>
+      <c r="N26" s="178">
+        <v>11229</v>
       </c>
       <c r="O26" s="108"/>
       <c r="P26" s="109">
-        <f>IF(M26="Add",($F$24+N26)*L26, (IF(M26="Deduct",($F$24-N26)*L26,  (IF(M26="No Charge",$F$24*L26,  (IF(M26="Not Available", "N/A", "")))))))</f>
-        <v>659468</v>
+        <f>IF(M26="Add",($O$24+N26)*L26, (IF(M26="Deduct",($O$24-N26)*L26,  (IF(M26="No Charge",$O$24*L26,  (IF(M26="Not Available", "N/A", "")))))))</f>
+        <v>678764</v>
       </c>
       <c r="Q26" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R26" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S26" s="111">
         <v>3</v>
       </c>
       <c r="T26" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U26" s="105">
         <v>4</v>
       </c>
       <c r="V26" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W26" s="107">
         <v>11242</v>
       </c>
       <c r="X26" s="108"/>
       <c r="Y26" s="109">
-        <f>IF(V26="Add",($F$24+W26)*U26, (IF(V26="Deduct",($F$24-W26)*U26,  (IF(V26="No Charge",$F$24*U26,  (IF(V26="Not Available", "N/A", "")))))))</f>
-        <v>655520</v>
+        <f>IF(V26="Add",($X$24+W26)*U26, (IF(V26="Deduct",($X$24-W26)*U26,  (IF(V26="No Charge",$X$24*U26,  (IF(V26="Not Available", "N/A", "")))))))</f>
+        <v>683508</v>
       </c>
       <c r="Z26" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA26" s="164" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="103"/>
       <c r="B27" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="105">
         <v>2</v>
       </c>
       <c r="D27" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E27" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F27" s="108"/>
       <c r="G27" s="109">
         <f>IF(D27="Add",($F$24+E27)*C27, (IF(D27="Deduct",($F$24-E27)*C27,  (IF(D27="No Charge",$F$24*C27,  (IF(D27="Not Available", "N/A", "")))))))</f>
-        <v>290276</v>
+        <v>299214</v>
       </c>
       <c r="H27" s="108"/>
       <c r="I27" s="112"/>
       <c r="J27" s="103"/>
       <c r="K27" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L27" s="105">
         <v>2</v>
       </c>
       <c r="M27" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N27" s="107">
+      <c r="N27" s="178">
         <v>6000</v>
       </c>
       <c r="O27" s="108"/>
       <c r="P27" s="109">
-        <f>IF(M27="Add",($F$24+N27)*L27, (IF(M27="Deduct",($F$24-N27)*L27,  (IF(M27="No Charge",$F$24*L27,  (IF(M27="Not Available", "N/A", "")))))))</f>
-        <v>293276</v>
+        <f>IF(M27="Add",($O$24+N27)*L27, (IF(M27="Deduct",($O$24-N27)*L27,  (IF(M27="No Charge",$O$24*L27,  (IF(M27="Not Available", "N/A", "")))))))</f>
+        <v>304924</v>
       </c>
       <c r="Q27" s="108"/>
       <c r="R27" s="112"/>
       <c r="S27" s="103"/>
       <c r="T27" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U27" s="105">
         <v>2</v>
       </c>
       <c r="V27" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W27" s="107">
         <v>13500</v>
       </c>
       <c r="X27" s="108"/>
       <c r="Y27" s="109">
-        <f>IF(V27="Add",($F$24+W27)*U27, (IF(V27="Deduct",($F$24-W27)*U27,  (IF(V27="No Charge",$F$24*U27,  (IF(V27="Not Available", "N/A", "")))))))</f>
-        <v>278276</v>
+        <f>IF(V27="Add",($X$24+W27)*U27, (IF(V27="Deduct",($X$24-W27)*U27,  (IF(V27="No Charge",$X$24*U27,  (IF(V27="Not Available", "N/A", "")))))))</f>
+        <v>292270</v>
       </c>
       <c r="Z27" s="108"/>
       <c r="AA27" s="112"/>
     </row>
     <row r="28" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="103"/>
       <c r="B28" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="105">
         <v>1</v>
       </c>
       <c r="D28" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E28" s="151">
         <v>550</v>
       </c>
       <c r="F28" s="108"/>
       <c r="G28" s="109">
         <f>IF(D28="Add",($F$24+E28)*C28, (IF(D28="Deduct",($F$24-E28)*C28,  (IF(D28="No Charge",$F$24*C28,  (IF(D28="Not Available", "N/A", "")))))))</f>
-        <v>153188</v>
+        <v>162985</v>
       </c>
       <c r="H28" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I28" s="110" t="s">
         <v>122</v>
       </c>
       <c r="J28" s="103"/>
       <c r="K28" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L28" s="105">
         <v>1</v>
       </c>
       <c r="M28" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N28" s="107">
+      <c r="N28" s="178">
         <v>500</v>
       </c>
       <c r="O28" s="108"/>
       <c r="P28" s="109">
-        <f>IF(M28="Add",($F$24+N28)*L28, (IF(M28="Deduct",($F$24-N28)*L28,  (IF(M28="No Charge",$F$24*L28,  (IF(M28="Not Available", "N/A", "")))))))</f>
-        <v>153138</v>
+        <f>IF(M28="Add",($O$24+N28)*L28, (IF(M28="Deduct",($O$24-N28)*L28,  (IF(M28="No Charge",$O$24*L28,  (IF(M28="Not Available", "N/A", "")))))))</f>
+        <v>158962</v>
       </c>
       <c r="Q28" s="107"/>
       <c r="R28" s="110"/>
       <c r="S28" s="103"/>
       <c r="T28" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U28" s="105">
         <v>1</v>
       </c>
       <c r="V28" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W28" s="107">
         <v>570</v>
       </c>
       <c r="X28" s="108"/>
       <c r="Y28" s="109">
-        <f>IF(V28="Add",($F$24+W28)*U28, (IF(V28="Deduct",($F$24-W28)*U28,  (IF(V28="No Charge",$F$24*U28,  (IF(V28="Not Available", "N/A", "")))))))</f>
-        <v>153208</v>
+        <f>IF(V28="Add",($X$24+W28)*U28, (IF(V28="Deduct",($X$24-W28)*U28,  (IF(V28="No Charge",$X$24*U28,  (IF(V28="Not Available", "N/A", "")))))))</f>
+        <v>160205</v>
       </c>
       <c r="Z28" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA28" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="29" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="113"/>
       <c r="B29" s="114" t="s">
         <v>75</v>
       </c>
       <c r="C29" s="115"/>
       <c r="D29" s="115"/>
       <c r="E29" s="115"/>
       <c r="F29" s="115"/>
       <c r="G29" s="116">
         <f>SUM(G24:G28)</f>
-        <v>18268168</v>
+        <v>19456963</v>
       </c>
       <c r="H29" s="115"/>
       <c r="I29" s="117"/>
       <c r="J29" s="113"/>
       <c r="K29" s="114" t="s">
         <v>75</v>
       </c>
       <c r="L29" s="115"/>
       <c r="M29" s="115"/>
-      <c r="N29" s="115"/>
+      <c r="N29" s="179"/>
       <c r="O29" s="115"/>
       <c r="P29" s="116">
         <f>SUM(P24:P28)</f>
-        <v>18357150</v>
+        <v>18988806</v>
       </c>
       <c r="Q29" s="115"/>
       <c r="R29" s="117"/>
       <c r="S29" s="113"/>
       <c r="T29" s="114" t="s">
         <v>75</v>
       </c>
       <c r="U29" s="115"/>
       <c r="V29" s="115"/>
       <c r="W29" s="115"/>
       <c r="X29" s="115"/>
       <c r="Y29" s="116">
         <f>SUM(Y24:Y28)</f>
-        <v>18983176</v>
+        <v>19116119</v>
       </c>
       <c r="Z29" s="115"/>
       <c r="AA29" s="117"/>
     </row>
     <row r="30" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="95"/>
       <c r="B30" s="96" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="97">
         <v>706</v>
       </c>
       <c r="D30" s="98"/>
       <c r="E30" s="98"/>
       <c r="F30" s="99">
-        <v>154299</v>
+        <v>164434</v>
       </c>
       <c r="G30" s="100">
         <f>C30*F30</f>
-        <v>108935094</v>
+        <v>116090404</v>
       </c>
       <c r="H30" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I30" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J30" s="95"/>
       <c r="K30" s="96" t="s">
         <v>76</v>
       </c>
       <c r="L30" s="97">
         <v>706</v>
       </c>
       <c r="M30" s="98"/>
-      <c r="N30" s="98"/>
+      <c r="N30" s="177"/>
       <c r="O30" s="99">
-        <v>154868</v>
+        <v>160118</v>
       </c>
       <c r="P30" s="100">
         <f>L30*O30</f>
-        <v>109336808</v>
+        <v>113043308</v>
       </c>
       <c r="Q30" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R30" s="102" t="s">
         <v>135</v>
       </c>
       <c r="S30" s="95"/>
       <c r="T30" s="96" t="s">
         <v>76</v>
       </c>
       <c r="U30" s="97">
         <v>706</v>
       </c>
       <c r="V30" s="98"/>
       <c r="W30" s="98"/>
       <c r="X30" s="99">
         <v>163084</v>
       </c>
       <c r="Y30" s="100">
         <f>U30*X30</f>
         <v>115137304</v>
       </c>
       <c r="Z30" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA30" s="162" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="103"/>
       <c r="B31" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="105">
         <v>21</v>
       </c>
       <c r="D31" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E31" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F31" s="108"/>
       <c r="G31" s="109">
         <f>IF(D31="Add",($F$30+E31)*C31, (IF(D31="Deduct",($F$30-E31)*C31,  (IF(D31="No Charge",$F$30*C31,  (IF(D31="Not Available", "N/A", "")))))))</f>
-        <v>3380979</v>
+        <v>3638628</v>
       </c>
       <c r="H31" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I31" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J31" s="103"/>
       <c r="K31" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L31" s="105">
         <v>21</v>
       </c>
       <c r="M31" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N31" s="107">
+      <c r="N31" s="178">
         <v>9200</v>
       </c>
       <c r="O31" s="108"/>
       <c r="P31" s="109">
-        <f>IF(M31="Add",($F$30+N31)*L31, (IF(M31="Deduct",($F$30-N31)*L31,  (IF(M31="No Charge",$F$30*L31,  (IF(M31="Not Available", "N/A", "")))))))</f>
-        <v>3433479</v>
+        <f>IF(M31="Add",($O$30+N31)*L31, (IF(M31="Deduct",($O$30-N31)*L31,  (IF(M31="No Charge",$O$30*L31,  (IF(M31="Not Available", "N/A", "")))))))</f>
+        <v>3555678</v>
       </c>
       <c r="Q31" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S31" s="103"/>
       <c r="T31" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U31" s="105">
         <v>21</v>
       </c>
       <c r="V31" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W31" s="107">
         <v>9136</v>
       </c>
       <c r="X31" s="108"/>
       <c r="Y31" s="109">
-        <f>IF(V31="Add",($F$30+W31)*U31, (IF(V31="Deduct",($F$30-W31)*U31,  (IF(V31="No Charge",$F$30*U31,  (IF(V31="Not Available", "N/A", "")))))))</f>
-        <v>3432135</v>
+        <f>IF(V31="Add",($X$30+W31)*U31, (IF(V31="Deduct",($F$30-W31)*U31,  (IF(V31="No Charge",$F$30*U31,  (IF(V31="Not Available", "N/A", "")))))))</f>
+        <v>3616620</v>
       </c>
       <c r="Z31" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA31" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="111">
         <v>4</v>
       </c>
       <c r="B32" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="105">
         <v>1</v>
       </c>
       <c r="D32" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E32" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F32" s="108"/>
       <c r="G32" s="109">
         <f>IF(D32="Add",($F$30+E32)*C32, (IF(D32="Deduct",($F$30-E32)*C32,  (IF(D32="No Charge",$F$30*C32,  (IF(D32="Not Available", "N/A", "")))))))</f>
-        <v>163873</v>
+        <v>176008</v>
       </c>
       <c r="H32" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I32" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J32" s="111">
         <v>4</v>
       </c>
       <c r="K32" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L32" s="105">
         <v>1</v>
       </c>
       <c r="M32" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N32" s="107">
+      <c r="N32" s="178">
         <v>12811</v>
       </c>
       <c r="O32" s="108"/>
       <c r="P32" s="109">
-        <f>IF(M32="Add",($F$30+N32)*L32, (IF(M32="Deduct",($F$30-N32)*L32,  (IF(M32="No Charge",$F$30*L32,  (IF(M32="Not Available", "N/A", "")))))))</f>
-        <v>167110</v>
+        <f>IF(M32="Add",($O$30+N32)*L32, (IF(M32="Deduct",($O$30-N32)*L32,  (IF(M32="No Charge",$O$30*L32,  (IF(M32="Not Available", "N/A", "")))))))</f>
+        <v>172929</v>
       </c>
       <c r="Q32" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R32" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S32" s="111">
         <v>4</v>
       </c>
       <c r="T32" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U32" s="105">
         <v>1</v>
       </c>
       <c r="V32" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W32" s="107">
         <v>13320</v>
       </c>
       <c r="X32" s="108"/>
       <c r="Y32" s="109">
-        <f>IF(V32="Add",($F$30+W32)*U32, (IF(V32="Deduct",($F$30-W32)*U32,  (IF(V32="No Charge",$F$30*U32,  (IF(V32="Not Available", "N/A", "")))))))</f>
-        <v>167619</v>
+        <f>IF(V32="Add",($X$30+W32)*U32, (IF(V32="Deduct",($F$30-W32)*U32,  (IF(V32="No Charge",$F$30*U32,  (IF(V32="Not Available", "N/A", "")))))))</f>
+        <v>176404</v>
       </c>
       <c r="Z32" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA32" s="164" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="103"/>
       <c r="B33" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="105">
         <v>7</v>
       </c>
       <c r="D33" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E33" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F33" s="108"/>
       <c r="G33" s="109">
         <f>IF(D33="Add",($F$30+E33)*C33, (IF(D33="Deduct",($F$30-E33)*C33,  (IF(D33="No Charge",$F$30*C33,  (IF(D33="Not Available", "N/A", "")))))))</f>
-        <v>1027593</v>
+        <v>1061242</v>
       </c>
       <c r="H33" s="108"/>
       <c r="I33" s="112"/>
       <c r="J33" s="103"/>
       <c r="K33" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L33" s="105">
         <v>7</v>
       </c>
       <c r="M33" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N33" s="107">
+      <c r="N33" s="178">
         <v>6000</v>
       </c>
       <c r="O33" s="108"/>
       <c r="P33" s="109">
-        <f>IF(M33="Add",($F$30+N33)*L33, (IF(M33="Deduct",($F$30-N33)*L33,  (IF(M33="No Charge",$F$30*L33,  (IF(M33="Not Available", "N/A", "")))))))</f>
-        <v>1038093</v>
+        <f>IF(M33="Add",($O$30+N33)*L33, (IF(M33="Deduct",($O$30-N33)*L33,  (IF(M33="No Charge",$O$30*L33,  (IF(M33="Not Available", "N/A", "")))))))</f>
+        <v>1078826</v>
       </c>
       <c r="Q33" s="108"/>
       <c r="R33" s="112"/>
       <c r="S33" s="103"/>
       <c r="T33" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U33" s="105">
         <v>7</v>
       </c>
       <c r="V33" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W33" s="107">
         <v>13500</v>
       </c>
       <c r="X33" s="108"/>
       <c r="Y33" s="109">
-        <f>IF(V33="Add",($F$30+W33)*U33, (IF(V33="Deduct",($F$30-W33)*U33,  (IF(V33="No Charge",$F$30*U33,  (IF(V33="Not Available", "N/A", "")))))))</f>
-        <v>985593</v>
+        <f>IF(V33="Add",($X$30+W33)*U33, (IF(V33="Deduct",($F$30-W33)*U33,  (IF(V33="No Charge",$F$30*U33,  (IF(V33="Not Available", "N/A", "")))))))</f>
+        <v>1056538</v>
       </c>
       <c r="Z33" s="108"/>
       <c r="AA33" s="112"/>
     </row>
     <row r="34" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="103"/>
       <c r="B34" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="105">
         <v>1</v>
       </c>
       <c r="D34" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E34" s="151">
         <v>550</v>
       </c>
       <c r="F34" s="108"/>
       <c r="G34" s="109">
         <f>IF(D34="Add",($F$30+E34)*C34, (IF(D34="Deduct",($F$30-E34)*C34,  (IF(D34="No Charge",$F$30*C34,  (IF(D34="Not Available", "N/A", "")))))))</f>
-        <v>154849</v>
+        <v>164984</v>
       </c>
       <c r="H34" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I34" s="110" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="103"/>
       <c r="K34" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L34" s="105">
         <v>1</v>
       </c>
       <c r="M34" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N34" s="107">
+      <c r="N34" s="178">
         <v>500</v>
       </c>
       <c r="O34" s="108"/>
       <c r="P34" s="109">
-        <f>IF(M34="Add",($F$30+N34)*L34, (IF(M34="Deduct",($F$30-N34)*L34,  (IF(M34="No Charge",$F$30*L34,  (IF(M34="Not Available", "N/A", "")))))))</f>
-        <v>154799</v>
+        <f>IF(M34="Add",($O$30+N34)*L34, (IF(M34="Deduct",($O$30-N34)*L34,  (IF(M34="No Charge",$O$30*L34,  (IF(M34="Not Available", "N/A", "")))))))</f>
+        <v>160618</v>
       </c>
       <c r="Q34" s="107"/>
       <c r="R34" s="110"/>
       <c r="S34" s="103"/>
       <c r="T34" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U34" s="105">
         <v>1</v>
       </c>
       <c r="V34" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W34" s="107">
         <v>570</v>
       </c>
       <c r="X34" s="108"/>
       <c r="Y34" s="109">
-        <f>IF(V34="Add",($F$30+W34)*U34, (IF(V34="Deduct",($F$30-W34)*U34,  (IF(V34="No Charge",$F$30*U34,  (IF(V34="Not Available", "N/A", "")))))))</f>
-        <v>154869</v>
+        <f>IF(V34="Add",($X$30+W34)*U34, (IF(V34="Deduct",($F$30-W34)*U34,  (IF(V34="No Charge",$F$30*U34,  (IF(V34="Not Available", "N/A", "")))))))</f>
+        <v>163654</v>
       </c>
       <c r="Z34" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA34" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="113"/>
       <c r="B35" s="114" t="s">
         <v>77</v>
       </c>
       <c r="C35" s="115"/>
       <c r="D35" s="115"/>
       <c r="E35" s="115"/>
       <c r="F35" s="120"/>
       <c r="G35" s="121">
         <f>SUM(G30:G34)</f>
-        <v>113662388</v>
+        <v>121131266</v>
       </c>
       <c r="H35" s="115"/>
       <c r="I35" s="117"/>
       <c r="J35" s="113"/>
       <c r="K35" s="114" t="s">
         <v>77</v>
       </c>
       <c r="L35" s="115"/>
       <c r="M35" s="115"/>
-      <c r="N35" s="115"/>
+      <c r="N35" s="179"/>
       <c r="O35" s="120"/>
       <c r="P35" s="121">
         <f>SUM(P30:P34)</f>
-        <v>114130289</v>
+        <v>118011359</v>
       </c>
       <c r="Q35" s="115"/>
       <c r="R35" s="117"/>
       <c r="S35" s="113"/>
       <c r="T35" s="114" t="s">
         <v>77</v>
       </c>
       <c r="U35" s="115"/>
       <c r="V35" s="115"/>
       <c r="W35" s="115"/>
       <c r="X35" s="120"/>
       <c r="Y35" s="121">
         <f>SUM(Y30:Y34)</f>
-        <v>119877520</v>
+        <v>120150520</v>
       </c>
       <c r="Z35" s="115"/>
       <c r="AA35" s="117"/>
     </row>
     <row r="36" spans="1:27" ht="28.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="95"/>
       <c r="B36" s="122" t="s">
         <v>78</v>
       </c>
       <c r="C36" s="97">
         <v>1</v>
       </c>
       <c r="D36" s="98"/>
       <c r="E36" s="98"/>
       <c r="F36" s="99">
-        <v>149530</v>
+        <v>158070</v>
       </c>
       <c r="G36" s="100">
         <f>C36*F36</f>
-        <v>149530</v>
+        <v>158070</v>
       </c>
       <c r="H36" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I36" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J36" s="95"/>
       <c r="K36" s="122" t="s">
         <v>78</v>
       </c>
       <c r="L36" s="97">
         <v>1</v>
       </c>
       <c r="M36" s="98"/>
-      <c r="N36" s="98"/>
+      <c r="N36" s="177"/>
       <c r="O36" s="99">
-        <v>151920</v>
+        <v>157170</v>
       </c>
       <c r="P36" s="100">
         <f>L36*O36</f>
-        <v>151920</v>
+        <v>157170</v>
       </c>
       <c r="Q36" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R36" s="102" t="s">
         <v>131</v>
       </c>
       <c r="S36" s="95"/>
       <c r="T36" s="122" t="s">
         <v>78</v>
       </c>
       <c r="U36" s="97">
         <v>1</v>
       </c>
       <c r="V36" s="98"/>
       <c r="W36" s="98"/>
       <c r="X36" s="99">
         <v>157370</v>
       </c>
       <c r="Y36" s="100">
         <f>U36*X36</f>
         <v>157370</v>
       </c>
       <c r="Z36" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA36" s="162" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="37" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="37" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="103"/>
       <c r="B37" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="105">
         <v>1</v>
       </c>
       <c r="D37" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E37" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F37" s="108"/>
       <c r="G37" s="109">
-        <f t="shared" ref="G37:G41" si="0">IF(D37="Add",($F$12+E37)*C37, (IF(D37="Deduct",($F$12-E37)*C37,  (IF(D37="No Charge",$F$12*C37,  (IF(D37="Not Available", "N/A", "")))))))</f>
-        <v>152784</v>
+        <f>IF(D37="Add",($F$12+E37)*C37, (IF(D37="Deduct",($F$12-E37)*C37,  (IF(D37="No Charge",$F$12*C37,  (IF(D37="Not Available", "N/A", "")))))))</f>
+        <v>164488</v>
       </c>
       <c r="H37" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I37" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J37" s="103"/>
       <c r="K37" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L37" s="105">
         <v>1</v>
       </c>
       <c r="M37" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="N37" s="107"/>
+      <c r="N37" s="178"/>
       <c r="O37" s="108"/>
       <c r="P37" s="109" t="str">
-        <f t="shared" ref="P37:P41" si="1">IF(M37="Add",($F$12+N37)*L37, (IF(M37="Deduct",($F$12-N37)*L37,  (IF(M37="No Charge",$F$12*L37,  (IF(M37="Not Available", "N/A", "")))))))</f>
+        <f>IF(M37="Add",($O$12+N37)*L37, (IF(M37="Deduct",($O$12-N37)*L37,  (IF(M37="No Charge",$O$12*L37,  (IF(M37="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q37" s="107"/>
       <c r="R37" s="110"/>
       <c r="S37" s="103"/>
       <c r="T37" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U37" s="105">
         <v>1</v>
       </c>
       <c r="V37" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W37" s="107">
         <v>7636</v>
       </c>
       <c r="X37" s="108"/>
       <c r="Y37" s="109">
-        <f t="shared" ref="Y37:Y41" si="2">IF(V37="Add",($F$12+W37)*U37, (IF(V37="Deduct",($F$12-W37)*U37,  (IF(V37="No Charge",$F$12*U37,  (IF(V37="Not Available", "N/A", "")))))))</f>
-        <v>153720</v>
+        <f>IF(V37="Add",($X$12+W37)*U37, (IF(V37="Deduct",($X$12-W37)*U37,  (IF(V37="No Charge",$X$12*U37,  (IF(V37="Not Available", "N/A", "")))))))</f>
+        <v>161644</v>
       </c>
       <c r="Z37" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA37" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="111">
         <v>5</v>
       </c>
       <c r="B38" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C38" s="105">
         <v>1</v>
       </c>
       <c r="D38" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F38" s="108"/>
       <c r="G38" s="109">
-        <f t="shared" si="0"/>
-        <v>155658</v>
+        <f>IF(D38="Add",($F$12+E38)*C38, (IF(D38="Deduct",($F$12-E38)*C38,  (IF(D38="No Charge",$F$12*C38,  (IF(D38="Not Available", "N/A", "")))))))</f>
+        <v>167228</v>
       </c>
       <c r="H38" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I38" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J38" s="111">
         <v>5</v>
       </c>
       <c r="K38" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L38" s="105">
         <v>1</v>
       </c>
       <c r="M38" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N38" s="107">
-        <v>10013</v>
+      <c r="N38" s="178">
+        <v>11100</v>
       </c>
       <c r="O38" s="108"/>
-      <c r="P38" s="109"/>
+      <c r="P38" s="109">
+        <f>IF(M38="Add",($O$12+N38)*L38, (IF(M38="Deduct",($O$12-N38)*L38,  (IF(M38="No Charge",$O$12*L38,  (IF(M38="Not Available", "N/A", "")))))))</f>
+        <v>165071</v>
+      </c>
       <c r="Q38" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R38" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S38" s="111">
         <v>5</v>
       </c>
       <c r="T38" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U38" s="105">
         <v>1</v>
       </c>
       <c r="V38" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W38" s="107">
         <v>10611</v>
       </c>
       <c r="X38" s="108"/>
       <c r="Y38" s="109">
-        <f t="shared" si="2"/>
-        <v>156695</v>
+        <f>IF(V38="Add",($X$12+W38)*U38, (IF(V38="Deduct",($X$12-W38)*U38,  (IF(V38="No Charge",$X$12*U38,  (IF(V38="Not Available", "N/A", "")))))))</f>
+        <v>164619</v>
       </c>
       <c r="Z38" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA38" s="164" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="103"/>
       <c r="B39" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="105">
         <v>1</v>
       </c>
       <c r="D39" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E39" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F39" s="108"/>
       <c r="G39" s="109">
-        <f t="shared" si="0"/>
-        <v>138584</v>
+        <f>IF(D39="Add",($F$12+E39)*C39, (IF(D39="Deduct",($F$12-E39)*C39,  (IF(D39="No Charge",$F$12*C39,  (IF(D39="Not Available", "N/A", "")))))))</f>
+        <v>142826</v>
       </c>
       <c r="H39" s="108"/>
       <c r="I39" s="112"/>
       <c r="J39" s="103"/>
       <c r="K39" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L39" s="105">
         <v>1</v>
       </c>
       <c r="M39" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N39" s="107">
+      <c r="N39" s="178">
         <v>6000</v>
       </c>
       <c r="O39" s="108"/>
-      <c r="P39" s="109"/>
+      <c r="P39" s="109">
+        <f>IF(M39="Add",($O$12+N39)*L39, (IF(M39="Deduct",($O$12-N39)*L39,  (IF(M39="No Charge",$O$12*L39,  (IF(M39="Not Available", "N/A", "")))))))</f>
+        <v>147971</v>
+      </c>
       <c r="Q39" s="108"/>
       <c r="R39" s="112"/>
       <c r="S39" s="103"/>
       <c r="T39" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U39" s="105">
         <v>1</v>
       </c>
       <c r="V39" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W39" s="107">
         <v>13500</v>
       </c>
       <c r="X39" s="108"/>
       <c r="Y39" s="109">
-        <f t="shared" si="2"/>
-        <v>132584</v>
+        <f>IF(V39="Add",($X$12+W39)*U39, (IF(V39="Deduct",($X$12-W39)*U39,  (IF(V39="No Charge",$X$12*U39,  (IF(V39="Not Available", "N/A", "")))))))</f>
+        <v>140508</v>
       </c>
       <c r="Z39" s="108"/>
       <c r="AA39" s="112"/>
     </row>
     <row r="40" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="103"/>
       <c r="B40" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C40" s="105">
         <v>1</v>
       </c>
       <c r="D40" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E40" s="151">
         <v>550</v>
       </c>
       <c r="F40" s="108"/>
       <c r="G40" s="109">
-        <f t="shared" si="0"/>
-        <v>146634</v>
+        <f>IF(D40="Add",($F$12+E40)*C40, (IF(D40="Deduct",($F$12-E40)*C40,  (IF(D40="No Charge",$F$12*C40,  (IF(D40="Not Available", "N/A", "")))))))</f>
+        <v>156204</v>
       </c>
       <c r="H40" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I40" s="110" t="s">
         <v>123</v>
       </c>
       <c r="J40" s="103"/>
       <c r="K40" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L40" s="105">
         <v>1</v>
       </c>
       <c r="M40" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N40" s="107">
+      <c r="N40" s="178">
         <v>600</v>
       </c>
       <c r="O40" s="108"/>
       <c r="P40" s="109">
-        <f t="shared" si="1"/>
-        <v>146684</v>
+        <f>IF(M40="Add",($O$12+N40)*L40, (IF(M40="Deduct",($O$12-N40)*L40,  (IF(M40="No Charge",$O$12*L40,  (IF(M40="Not Available", "N/A", "")))))))</f>
+        <v>154571</v>
       </c>
       <c r="Q40" s="107"/>
       <c r="R40" s="110"/>
       <c r="S40" s="103"/>
       <c r="T40" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U40" s="105">
         <v>1</v>
       </c>
       <c r="V40" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W40" s="107">
         <v>570</v>
       </c>
       <c r="X40" s="108"/>
       <c r="Y40" s="109">
-        <f t="shared" si="2"/>
-        <v>146654</v>
+        <f>IF(V40="Add",($X$12+W40)*U40, (IF(V40="Deduct",($X$12-W40)*U40,  (IF(V40="No Charge",$X$12*U40,  (IF(V40="Not Available", "N/A", "")))))))</f>
+        <v>154578</v>
       </c>
       <c r="Z40" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA40" s="110" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="41" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="41" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="103"/>
       <c r="B41" s="104" t="s">
         <v>109</v>
       </c>
       <c r="C41" s="105">
         <v>1</v>
       </c>
       <c r="D41" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="E41" s="107" t="s">
+      <c r="E41" s="166" t="s">
         <v>112</v>
       </c>
       <c r="F41" s="108"/>
       <c r="G41" s="109" t="str">
-        <f t="shared" si="0"/>
+        <f>IF(D41="Add",($F$12+E41)*C41, (IF(D41="Deduct",($F$12-E41)*C41,  (IF(D41="No Charge",$F$12*C41,  (IF(D41="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H41" s="107" t="s">
         <v>124</v>
       </c>
       <c r="I41" s="110" t="s">
         <v>112</v>
       </c>
       <c r="J41" s="103"/>
       <c r="K41" s="104" t="s">
         <v>109</v>
       </c>
       <c r="L41" s="105">
         <v>1</v>
       </c>
       <c r="M41" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="N41" s="107"/>
+      <c r="N41" s="178"/>
       <c r="O41" s="108"/>
       <c r="P41" s="109" t="str">
-        <f t="shared" si="1"/>
+        <f>IF(M41="Add",($O$12+N41)*L41, (IF(M41="Deduct",($O$12-N41)*L41,  (IF(M41="No Charge",$O$12*L41,  (IF(M41="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q41" s="107"/>
       <c r="R41" s="110"/>
       <c r="S41" s="103"/>
       <c r="T41" s="104" t="s">
         <v>109</v>
       </c>
       <c r="U41" s="105">
         <v>1</v>
       </c>
       <c r="V41" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W41" s="107">
         <v>393</v>
       </c>
       <c r="X41" s="108"/>
       <c r="Y41" s="109">
-        <f t="shared" si="2"/>
-        <v>146477</v>
+        <f>IF(V41="Add",($X$12+W41)*U41, (IF(V41="Deduct",($X$12-W41)*U41,  (IF(V41="No Charge",$X$12*U41,  (IF(V41="Not Available", "N/A", "")))))))</f>
+        <v>154401</v>
       </c>
       <c r="Z41" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA41" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="42" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="113"/>
       <c r="B42" s="114" t="s">
         <v>80</v>
       </c>
       <c r="C42" s="115"/>
       <c r="D42" s="115"/>
       <c r="E42" s="115"/>
       <c r="F42" s="115"/>
       <c r="G42" s="116">
         <f>SUM(G36:G41)</f>
-        <v>743190</v>
+        <v>788816</v>
       </c>
       <c r="H42" s="115"/>
       <c r="I42" s="117"/>
       <c r="J42" s="113"/>
       <c r="K42" s="114" t="s">
         <v>80</v>
       </c>
       <c r="L42" s="115"/>
       <c r="M42" s="115"/>
-      <c r="N42" s="115"/>
+      <c r="N42" s="179"/>
       <c r="O42" s="115"/>
       <c r="P42" s="116">
         <f>SUM(P36:P41)</f>
-        <v>298604</v>
+        <v>624783</v>
       </c>
       <c r="Q42" s="115"/>
       <c r="R42" s="117"/>
       <c r="S42" s="113"/>
       <c r="T42" s="114" t="s">
         <v>80</v>
       </c>
       <c r="U42" s="115"/>
       <c r="V42" s="115"/>
       <c r="W42" s="115"/>
       <c r="X42" s="115"/>
       <c r="Y42" s="116">
         <f>SUM(Y36:Y41)</f>
-        <v>893500</v>
+        <v>933120</v>
       </c>
       <c r="Z42" s="115"/>
       <c r="AA42" s="117"/>
     </row>
     <row r="43" spans="1:27" ht="28.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="95"/>
       <c r="B43" s="122" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="97">
         <v>3</v>
       </c>
       <c r="D43" s="98"/>
       <c r="E43" s="98"/>
       <c r="F43" s="99">
-        <v>154593</v>
+        <v>162755</v>
       </c>
       <c r="G43" s="100">
         <f>C43*F43</f>
-        <v>463779</v>
+        <v>488265</v>
       </c>
       <c r="H43" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I43" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J43" s="95"/>
       <c r="K43" s="122" t="s">
         <v>81</v>
       </c>
       <c r="L43" s="97">
         <v>3</v>
       </c>
       <c r="M43" s="98"/>
-      <c r="N43" s="98"/>
+      <c r="N43" s="177"/>
       <c r="O43" s="99">
-        <v>156247</v>
+        <v>161497</v>
       </c>
       <c r="P43" s="100">
         <f>L43*O43</f>
-        <v>468741</v>
+        <v>484491</v>
       </c>
       <c r="Q43" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R43" s="102" t="s">
         <v>133</v>
       </c>
       <c r="S43" s="95"/>
       <c r="T43" s="122" t="s">
         <v>81</v>
       </c>
       <c r="U43" s="97">
         <v>3</v>
       </c>
       <c r="V43" s="98"/>
       <c r="W43" s="98"/>
       <c r="X43" s="99">
-        <f>153380*1.0555</f>
         <v>161892.59000000003</v>
       </c>
       <c r="Y43" s="100">
         <f>U43*X43</f>
         <v>485677.77000000008</v>
       </c>
       <c r="Z43" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA43" s="162" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="44" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="103"/>
       <c r="B44" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="105">
         <v>1</v>
       </c>
       <c r="D44" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F44" s="108"/>
       <c r="G44" s="109">
         <f>IF(D44="Add",($F$18+E44)*C44, (IF(D44="Deduct",($F$18-E44)*C44,  (IF(D44="No Charge",$F$18*C44,  (IF(D44="Not Available", "N/A", "")))))))</f>
-        <v>156587</v>
+        <v>168690</v>
       </c>
       <c r="H44" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I44" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J44" s="103"/>
       <c r="K44" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L44" s="105">
         <v>1</v>
       </c>
       <c r="M44" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N44" s="107">
+      <c r="N44" s="178">
         <v>7073</v>
       </c>
       <c r="O44" s="108"/>
       <c r="P44" s="109">
-        <f>IF(M44="Add",($F$18+N44)*L44, (IF(M44="Deduct",($F$18-N44)*L44,  (IF(M44="No Charge",$F$18*L44,  (IF(M44="Not Available", "N/A", "")))))))</f>
-        <v>156960</v>
+        <f>IF(M44="Add",($O$18+N44)*L44, (IF(M44="Deduct",($O$18-N44)*L44,  (IF(M44="No Charge",$O$18*L44,  (IF(M44="Not Available", "N/A", "")))))))</f>
+        <v>163250</v>
       </c>
       <c r="Q44" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R44" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S44" s="103"/>
       <c r="T44" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U44" s="105">
         <v>1</v>
       </c>
       <c r="V44" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W44" s="107">
         <v>7833</v>
       </c>
       <c r="X44" s="108"/>
       <c r="Y44" s="109">
-        <f>IF(V44="Add",($F$18+W44)*U44, (IF(V44="Deduct",($F$18-W44)*U44,  (IF(V44="No Charge",$F$18*U44,  (IF(V44="Not Available", "N/A", "")))))))</f>
-        <v>157720</v>
+        <f>IF(V44="Add",($X$18+W44)*U44, (IF(V44="Deduct",($X$18-W44)*U44,  (IF(V44="No Charge",$X$18*U44,  (IF(V44="Not Available", "N/A", "")))))))</f>
+        <v>163229</v>
       </c>
       <c r="Z44" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA44" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="111">
         <v>6</v>
       </c>
       <c r="B45" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="105">
         <v>1</v>
       </c>
       <c r="D45" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E45" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F45" s="108"/>
       <c r="G45" s="109">
         <f>IF(D45="Add",($F$18+E45)*C45, (IF(D45="Deduct",($F$18-E45)*C45,  (IF(D45="No Charge",$F$18*C45,  (IF(D45="Not Available", "N/A", "")))))))</f>
-        <v>159461</v>
+        <v>171430</v>
       </c>
       <c r="H45" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I45" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J45" s="111">
         <v>6</v>
       </c>
       <c r="K45" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L45" s="105">
         <v>1</v>
       </c>
       <c r="M45" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N45" s="107">
+      <c r="N45" s="178">
         <v>10099</v>
       </c>
       <c r="O45" s="108"/>
       <c r="P45" s="109">
-        <f>IF(M45="Add",($F$18+N45)*L45, (IF(M45="Deduct",($F$18-N45)*L45,  (IF(M45="No Charge",$F$18*L45,  (IF(M45="Not Available", "N/A", "")))))))</f>
-        <v>159986</v>
+        <f t="shared" ref="P45:P48" si="0">IF(M45="Add",($O$18+N45)*L45, (IF(M45="Deduct",($O$18-N45)*L45,  (IF(M45="No Charge",$O$18*L45,  (IF(M45="Not Available", "N/A", "")))))))</f>
+        <v>166276</v>
       </c>
       <c r="Q45" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R45" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S45" s="111">
         <v>6</v>
       </c>
       <c r="T45" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U45" s="105">
         <v>1</v>
       </c>
       <c r="V45" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W45" s="107">
         <v>11026</v>
       </c>
       <c r="X45" s="108"/>
       <c r="Y45" s="109">
-        <f>IF(V45="Add",($F$18+W45)*U45, (IF(V45="Deduct",($F$18-W45)*U45,  (IF(V45="No Charge",$F$18*U45,  (IF(V45="Not Available", "N/A", "")))))))</f>
-        <v>160913</v>
+        <f>IF(V45="Add",($X$18+W45)*U45, (IF(V45="Deduct",($X$18-W45)*U45,  (IF(V45="No Charge",$X$18*U45,  (IF(V45="Not Available", "N/A", "")))))))</f>
+        <v>166422</v>
       </c>
       <c r="Z45" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA45" s="164" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="103"/>
       <c r="B46" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="105">
         <v>1</v>
       </c>
       <c r="D46" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F46" s="108"/>
       <c r="G46" s="109">
         <f>IF(D46="Add",($F$18+E46)*C46, (IF(D46="Deduct",($F$18-E46)*C46,  (IF(D46="No Charge",$F$18*C46,  (IF(D46="Not Available", "N/A", "")))))))</f>
-        <v>142387</v>
+        <v>147028</v>
       </c>
       <c r="H46" s="118"/>
       <c r="I46" s="119"/>
       <c r="J46" s="103"/>
       <c r="K46" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L46" s="105">
         <v>1</v>
       </c>
       <c r="M46" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N46" s="107">
+      <c r="N46" s="178">
         <v>6000</v>
       </c>
       <c r="O46" s="108"/>
-      <c r="P46" s="109"/>
+      <c r="P46" s="109">
+        <f t="shared" si="0"/>
+        <v>150177</v>
+      </c>
       <c r="Q46" s="118"/>
       <c r="R46" s="119"/>
       <c r="S46" s="103"/>
       <c r="T46" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U46" s="105">
         <v>1</v>
       </c>
       <c r="V46" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W46" s="107">
         <v>13500</v>
       </c>
       <c r="X46" s="108"/>
-      <c r="Y46" s="109"/>
+      <c r="Y46" s="109">
+        <f>IF(V46="Add",($X$18+W46)*U46, (IF(V46="Deduct",($X$18-W46)*U46,  (IF(V46="No Charge",$X$18*U46,  (IF(V46="Not Available", "N/A", "")))))))</f>
+        <v>141896</v>
+      </c>
       <c r="Z46" s="118"/>
       <c r="AA46" s="119"/>
     </row>
     <row r="47" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="103"/>
       <c r="B47" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="105">
         <v>1</v>
       </c>
       <c r="D47" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E47" s="151">
         <v>550</v>
       </c>
       <c r="F47" s="108"/>
       <c r="G47" s="109">
-        <f>IF(D47="Add",($F$12+E47)*C47, (IF(D47="Deduct",($F$12-E47)*C47,  (IF(D47="No Charge",$F$12*C47,  (IF(D47="Not Available", "N/A", "")))))))</f>
-        <v>146634</v>
+        <f>IF(D47="Add",($F$18+E47)*C47, (IF(D47="Deduct",($F$18-E47)*C47,  (IF(D47="No Charge",$F$18*C47,  (IF(D47="Not Available", "N/A", "")))))))</f>
+        <v>160406</v>
       </c>
       <c r="H47" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I47" s="110" t="s">
         <v>125</v>
       </c>
       <c r="J47" s="103"/>
       <c r="K47" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L47" s="105">
         <v>1</v>
       </c>
       <c r="M47" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N47" s="107">
+      <c r="N47" s="178">
         <v>600</v>
       </c>
       <c r="O47" s="108"/>
       <c r="P47" s="109">
-        <f>IF(M47="Add",($F$12+N47)*L47, (IF(M47="Deduct",($F$12-N47)*L47,  (IF(M47="No Charge",$F$12*L47,  (IF(M47="Not Available", "N/A", "")))))))</f>
-        <v>146684</v>
+        <f t="shared" si="0"/>
+        <v>156777</v>
       </c>
       <c r="Q47" s="107"/>
       <c r="R47" s="110"/>
       <c r="S47" s="103"/>
       <c r="T47" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U47" s="105">
         <v>1</v>
       </c>
       <c r="V47" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W47" s="107">
         <v>570</v>
       </c>
       <c r="X47" s="108"/>
       <c r="Y47" s="109">
-        <f>IF(V47="Add",($F$12+W47)*U47, (IF(V47="Deduct",($F$12-W47)*U47,  (IF(V47="No Charge",$F$12*U47,  (IF(V47="Not Available", "N/A", "")))))))</f>
-        <v>146654</v>
+        <f>IF(V47="Add",($X$18+W47)*U47, (IF(V47="Deduct",($X$18-W47)*U47,  (IF(V47="No Charge",$X$18*U47,  (IF(V47="Not Available", "N/A", "")))))))</f>
+        <v>155966</v>
       </c>
       <c r="Z47" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA47" s="110" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="48" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="103"/>
       <c r="B48" s="104" t="s">
         <v>109</v>
       </c>
       <c r="C48" s="105">
         <v>1</v>
       </c>
       <c r="D48" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="E48" s="107" t="s">
+      <c r="E48" s="166" t="s">
         <v>112</v>
       </c>
       <c r="F48" s="108"/>
       <c r="G48" s="109" t="str">
-        <f>IF(D48="Add",($F$12+E48)*C48, (IF(D48="Deduct",($F$12-E48)*C48,  (IF(D48="No Charge",$F$12*C48,  (IF(D48="Not Available", "N/A", "")))))))</f>
+        <f>IF(D48="Add",($F$18+E48)*C48, (IF(D48="Deduct",($F$18-E48)*C48,  (IF(D48="No Charge",$F$18*C48,  (IF(D48="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H48" s="107" t="s">
         <v>124</v>
       </c>
       <c r="I48" s="110" t="s">
         <v>112</v>
       </c>
       <c r="J48" s="103"/>
       <c r="K48" s="104" t="s">
         <v>109</v>
       </c>
       <c r="L48" s="105">
         <v>1</v>
       </c>
       <c r="M48" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="N48" s="107"/>
+      <c r="N48" s="178"/>
       <c r="O48" s="108"/>
       <c r="P48" s="109" t="str">
-        <f>IF(M48="Add",($F$12+N48)*L48, (IF(M48="Deduct",($F$12-N48)*L48,  (IF(M48="No Charge",$F$12*L48,  (IF(M48="Not Available", "N/A", "")))))))</f>
+        <f t="shared" si="0"/>
         <v>N/A</v>
       </c>
       <c r="Q48" s="107"/>
       <c r="R48" s="110"/>
       <c r="S48" s="103"/>
       <c r="T48" s="104" t="s">
         <v>109</v>
       </c>
       <c r="U48" s="105">
         <v>1</v>
       </c>
       <c r="V48" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W48" s="107">
         <v>490</v>
       </c>
       <c r="X48" s="108"/>
       <c r="Y48" s="109">
-        <f>IF(V48="Add",($F$12+W48)*U48, (IF(V48="Deduct",($F$12-W48)*U48,  (IF(V48="No Charge",$F$12*U48,  (IF(V48="Not Available", "N/A", "")))))))</f>
-        <v>146574</v>
+        <f>IF(V48="Add",($X$18+W48)*U48, (IF(V48="Deduct",($X$18-W48)*U48,  (IF(V48="No Charge",$X$18*U48,  (IF(V48="Not Available", "N/A", "")))))))</f>
+        <v>155886</v>
       </c>
       <c r="Z48" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA48" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="49" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="113"/>
       <c r="B49" s="114" t="s">
         <v>82</v>
       </c>
       <c r="C49" s="115"/>
       <c r="D49" s="115"/>
       <c r="E49" s="115"/>
       <c r="F49" s="115"/>
       <c r="G49" s="116">
         <f>SUM(G43:G48)</f>
-        <v>1068848</v>
+        <v>1135819</v>
       </c>
       <c r="H49" s="115"/>
       <c r="I49" s="117"/>
       <c r="J49" s="113"/>
       <c r="K49" s="114" t="s">
         <v>82</v>
       </c>
       <c r="L49" s="115"/>
       <c r="M49" s="115"/>
-      <c r="N49" s="115"/>
+      <c r="N49" s="179"/>
       <c r="O49" s="115"/>
-      <c r="P49" s="116"/>
+      <c r="P49" s="116">
+        <f>SUM(P43:P48)</f>
+        <v>1120971</v>
+      </c>
       <c r="Q49" s="115"/>
       <c r="R49" s="117"/>
       <c r="S49" s="113"/>
       <c r="T49" s="114" t="s">
         <v>82</v>
       </c>
       <c r="U49" s="115"/>
       <c r="V49" s="115"/>
       <c r="W49" s="115"/>
       <c r="X49" s="115"/>
-      <c r="Y49" s="116"/>
+      <c r="Y49" s="121">
+        <f>SUM(Y44:Y48)</f>
+        <v>783399</v>
+      </c>
       <c r="Z49" s="115"/>
       <c r="AA49" s="117"/>
     </row>
     <row r="50" spans="1:27" ht="28.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="95"/>
       <c r="B50" s="122" t="s">
         <v>83</v>
       </c>
       <c r="C50" s="97">
         <v>10</v>
       </c>
       <c r="D50" s="98"/>
       <c r="E50" s="98"/>
       <c r="F50" s="99">
-        <v>158510</v>
+        <v>170025</v>
       </c>
       <c r="G50" s="100">
         <f>C50*F50</f>
-        <v>1585100</v>
+        <v>1700250</v>
       </c>
       <c r="H50" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I50" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J50" s="95"/>
       <c r="K50" s="122" t="s">
         <v>83</v>
       </c>
       <c r="L50" s="97">
         <v>10</v>
       </c>
       <c r="M50" s="98"/>
-      <c r="N50" s="98"/>
+      <c r="N50" s="177"/>
       <c r="O50" s="99">
-        <v>160326</v>
+        <v>165576</v>
       </c>
       <c r="P50" s="100">
         <f>L50*O50</f>
-        <v>1603260</v>
+        <v>1655760</v>
       </c>
       <c r="Q50" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R50" s="102" t="s">
         <v>134</v>
       </c>
       <c r="S50" s="95"/>
       <c r="T50" s="122" t="s">
         <v>83</v>
       </c>
       <c r="U50" s="97">
         <v>10</v>
       </c>
       <c r="V50" s="98"/>
       <c r="W50" s="98"/>
       <c r="X50" s="99">
-        <f>159564*1.0657</f>
         <v>170047.3548</v>
       </c>
       <c r="Y50" s="100">
         <f>U50*X50</f>
         <v>1700473.548</v>
       </c>
       <c r="Z50" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA50" s="162" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="103"/>
       <c r="B51" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C51" s="105">
         <v>2</v>
       </c>
       <c r="D51" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E51" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F51" s="108"/>
       <c r="G51" s="109">
         <f>IF(D51="Add",($F$24+E51)*C51, (IF(D51="Deduct",($F$24-E51)*C51,  (IF(D51="No Charge",$F$24*C51,  (IF(D51="Not Available", "N/A", "")))))))</f>
-        <v>318676</v>
+        <v>342538</v>
       </c>
       <c r="H51" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I51" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J51" s="103"/>
       <c r="K51" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L51" s="105">
         <v>2</v>
       </c>
       <c r="M51" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N51" s="107">
+      <c r="N51" s="178">
         <v>8201</v>
       </c>
       <c r="O51" s="108"/>
       <c r="P51" s="109">
-        <f>IF(M51="Add",($F$24+N51)*L51, (IF(M51="Deduct",($F$24-N51)*L51,  (IF(M51="No Charge",$F$24*L51,  (IF(M51="Not Available", "N/A", "")))))))</f>
-        <v>321678</v>
+        <f>IF(M51="Add",($O$24+N51)*L51, (IF(M51="Deduct",($O$24-N51)*L51,  (IF(M51="No Charge",$O$24*L51,  (IF(M51="Not Available", "N/A", "")))))))</f>
+        <v>333326</v>
       </c>
       <c r="Q51" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R51" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S51" s="103"/>
       <c r="T51" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U51" s="105">
         <v>2</v>
       </c>
       <c r="V51" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W51" s="107">
         <v>8418</v>
       </c>
       <c r="X51" s="108"/>
       <c r="Y51" s="109">
-        <f>IF(V51="Add",($F$24+W51)*U51, (IF(V51="Deduct",($F$24-W51)*U51,  (IF(V51="No Charge",$F$24*U51,  (IF(V51="Not Available", "N/A", "")))))))</f>
-        <v>322112</v>
+        <f>IF(V51="Add",($X$24+W51)*U51, (IF(V51="Deduct",($X$24-W51)*U51,  (IF(V51="No Charge",$X$24*U51,  (IF(V51="Not Available", "N/A", "")))))))</f>
+        <v>336106</v>
       </c>
       <c r="Z51" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA51" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="111">
         <v>7</v>
       </c>
       <c r="B52" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C52" s="105">
         <v>1</v>
       </c>
       <c r="D52" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E52" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F52" s="108"/>
       <c r="G52" s="109">
         <f>IF(D52="Add",($F$24+E52)*C52, (IF(D52="Deduct",($F$24-E52)*C52,  (IF(D52="No Charge",$F$24*C52,  (IF(D52="Not Available", "N/A", "")))))))</f>
-        <v>162212</v>
+        <v>174009</v>
       </c>
       <c r="H52" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I52" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J52" s="111">
         <v>7</v>
       </c>
       <c r="K52" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L52" s="105">
         <v>1</v>
       </c>
       <c r="M52" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N52" s="107">
+      <c r="N52" s="178">
         <v>12229</v>
       </c>
       <c r="O52" s="108"/>
       <c r="P52" s="109">
-        <f>IF(M52="Add",($F$24+N52)*L52, (IF(M52="Deduct",($F$24-N52)*L52,  (IF(M52="No Charge",$F$24*L52,  (IF(M52="Not Available", "N/A", "")))))))</f>
-        <v>164867</v>
+        <f t="shared" ref="P52:P55" si="1">IF(M52="Add",($O$24+N52)*L52, (IF(M52="Deduct",($O$24-N52)*L52,  (IF(M52="No Charge",$O$24*L52,  (IF(M52="Not Available", "N/A", "")))))))</f>
+        <v>170691</v>
       </c>
       <c r="Q52" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R52" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S52" s="111">
         <v>7</v>
       </c>
       <c r="T52" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U52" s="105">
         <v>1</v>
       </c>
       <c r="V52" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W52" s="107">
         <v>11242</v>
       </c>
       <c r="X52" s="108"/>
       <c r="Y52" s="109">
-        <f>IF(V52="Add",($F$24+W52)*U52, (IF(V52="Deduct",($F$24-W52)*U52,  (IF(V52="No Charge",$F$24*U52,  (IF(V52="Not Available", "N/A", "")))))))</f>
-        <v>163880</v>
+        <f>IF(V52="Add",($X$24+W52)*U52, (IF(V52="Deduct",($X$24-W52)*U52,  (IF(V52="No Charge",$X$24*U52,  (IF(V52="Not Available", "N/A", "")))))))</f>
+        <v>170877</v>
       </c>
       <c r="Z52" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA52" s="164" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="103"/>
       <c r="B53" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C53" s="105">
         <v>1</v>
       </c>
       <c r="D53" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E53" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F53" s="108"/>
       <c r="G53" s="109">
         <f>IF(D53="Add",($F$24+E53)*C53, (IF(D53="Deduct",($F$24-E53)*C53,  (IF(D53="No Charge",$F$24*C53,  (IF(D53="Not Available", "N/A", "")))))))</f>
-        <v>145138</v>
+        <v>149607</v>
       </c>
       <c r="H53" s="108"/>
       <c r="I53" s="112"/>
       <c r="J53" s="103"/>
       <c r="K53" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L53" s="105">
         <v>1</v>
       </c>
       <c r="M53" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N53" s="107">
+      <c r="N53" s="178">
         <v>6000</v>
       </c>
       <c r="O53" s="108"/>
       <c r="P53" s="109">
-        <f>IF(M53="Add",($F$24+N53)*L53, (IF(M53="Deduct",($F$24-N53)*L53,  (IF(M53="No Charge",$F$24*L53,  (IF(M53="Not Available", "N/A", "")))))))</f>
-        <v>146638</v>
+        <f t="shared" si="1"/>
+        <v>152462</v>
       </c>
       <c r="Q53" s="108"/>
       <c r="R53" s="112"/>
       <c r="S53" s="103"/>
       <c r="T53" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U53" s="105">
         <v>1</v>
       </c>
       <c r="V53" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W53" s="107">
         <v>13500</v>
       </c>
       <c r="X53" s="108"/>
       <c r="Y53" s="109">
-        <f>IF(V53="Add",($F$24+W53)*U53, (IF(V53="Deduct",($F$24-W53)*U53,  (IF(V53="No Charge",$F$24*U53,  (IF(V53="Not Available", "N/A", "")))))))</f>
-        <v>139138</v>
+        <f>IF(V53="Add",($X$24+W53)*U53, (IF(V53="Deduct",($X$24-W53)*U53,  (IF(V53="No Charge",$X$24*U53,  (IF(V53="Not Available", "N/A", "")))))))</f>
+        <v>146135</v>
       </c>
       <c r="Z53" s="108"/>
       <c r="AA53" s="112"/>
     </row>
     <row r="54" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="103"/>
       <c r="B54" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C54" s="105">
         <v>1</v>
       </c>
       <c r="D54" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="151">
         <v>550</v>
       </c>
       <c r="F54" s="108"/>
       <c r="G54" s="109">
-        <f>IF(D54="Add",($F$12+E54)*C54, (IF(D54="Deduct",($F$12-E54)*C54,  (IF(D54="No Charge",$F$12*C54,  (IF(D54="Not Available", "N/A", "")))))))</f>
-        <v>146634</v>
+        <f>IF(D54="Add",($F$24+E54)*C54, (IF(D54="Deduct",($F$24-E54)*C54,  (IF(D54="No Charge",$F$24*C54,  (IF(D54="Not Available", "N/A", "")))))))</f>
+        <v>162985</v>
       </c>
       <c r="H54" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I54" s="110" t="s">
         <v>125</v>
       </c>
       <c r="J54" s="103"/>
       <c r="K54" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L54" s="105">
         <v>1</v>
       </c>
       <c r="M54" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N54" s="107">
+      <c r="N54" s="178">
         <v>600</v>
       </c>
       <c r="O54" s="108"/>
       <c r="P54" s="109">
-        <f>IF(M54="Add",($F$12+N54)*L54, (IF(M54="Deduct",($F$12-N54)*L54,  (IF(M54="No Charge",$F$12*L54,  (IF(M54="Not Available", "N/A", "")))))))</f>
-        <v>146684</v>
+        <f t="shared" si="1"/>
+        <v>159062</v>
       </c>
       <c r="Q54" s="107"/>
       <c r="R54" s="110"/>
       <c r="S54" s="103"/>
       <c r="T54" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U54" s="105">
         <v>1</v>
       </c>
       <c r="V54" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W54" s="107">
         <v>570</v>
       </c>
       <c r="X54" s="108"/>
       <c r="Y54" s="109">
-        <f>IF(V54="Add",($F$12+W54)*U54, (IF(V54="Deduct",($F$12-W54)*U54,  (IF(V54="No Charge",$F$12*U54,  (IF(V54="Not Available", "N/A", "")))))))</f>
-        <v>146654</v>
+        <f>IF(V54="Add",($X$24+W54)*U54, (IF(V54="Deduct",($X$24-W54)*U54,  (IF(V54="No Charge",$X$24*U54,  (IF(V54="Not Available", "N/A", "")))))))</f>
+        <v>160205</v>
       </c>
       <c r="Z54" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA54" s="110" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="55" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="103"/>
       <c r="B55" s="104" t="s">
         <v>109</v>
       </c>
       <c r="C55" s="105">
         <v>1</v>
       </c>
       <c r="D55" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="E55" s="107" t="s">
+      <c r="E55" s="166" t="s">
         <v>112</v>
       </c>
       <c r="F55" s="108"/>
       <c r="G55" s="109" t="str">
-        <f>IF(D55="Add",($F$12+E55)*C55, (IF(D55="Deduct",($F$12-E55)*C55,  (IF(D55="No Charge",$F$12*C55,  (IF(D55="Not Available", "N/A", "")))))))</f>
+        <f>IF(D55="Add",($F$24+E55)*C55, (IF(D55="Deduct",($F$24-E55)*C55,  (IF(D55="No Charge",$F$24*C55,  (IF(D55="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H55" s="107" t="s">
         <v>124</v>
       </c>
       <c r="I55" s="110" t="s">
         <v>112</v>
       </c>
       <c r="J55" s="103"/>
       <c r="K55" s="104" t="s">
         <v>109</v>
       </c>
       <c r="L55" s="105">
         <v>1</v>
       </c>
       <c r="M55" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="N55" s="107"/>
+      <c r="N55" s="178"/>
       <c r="O55" s="108"/>
       <c r="P55" s="109" t="str">
-        <f>IF(M55="Add",($F$12+N55)*L55, (IF(M55="Deduct",($F$12-N55)*L55,  (IF(M55="No Charge",$F$12*L55,  (IF(M55="Not Available", "N/A", "")))))))</f>
+        <f t="shared" si="1"/>
         <v>N/A</v>
       </c>
       <c r="Q55" s="107"/>
       <c r="R55" s="110"/>
       <c r="S55" s="103"/>
       <c r="T55" s="104" t="s">
         <v>109</v>
       </c>
       <c r="U55" s="105">
         <v>1</v>
       </c>
       <c r="V55" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W55" s="107">
         <v>640</v>
       </c>
       <c r="X55" s="108"/>
       <c r="Y55" s="109">
-        <f>IF(V55="Add",($F$12+W55)*U55, (IF(V55="Deduct",($F$12-W55)*U55,  (IF(V55="No Charge",$F$12*U55,  (IF(V55="Not Available", "N/A", "")))))))</f>
-        <v>146724</v>
+        <f>IF(V55="Add",($X$24+W55)*U55, (IF(V55="Deduct",($X$24-W55)*U55,  (IF(V55="No Charge",$X$24*U55,  (IF(V55="Not Available", "N/A", "")))))))</f>
+        <v>160275</v>
       </c>
       <c r="Z55" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA55" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="56" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="113"/>
       <c r="B56" s="114" t="s">
         <v>84</v>
       </c>
       <c r="C56" s="115"/>
       <c r="D56" s="115"/>
       <c r="E56" s="115"/>
       <c r="F56" s="115"/>
       <c r="G56" s="116">
         <f>SUM(G50:G55)</f>
-        <v>2357760</v>
+        <v>2529389</v>
       </c>
       <c r="H56" s="115"/>
       <c r="I56" s="117"/>
       <c r="J56" s="113"/>
       <c r="K56" s="114" t="s">
         <v>84</v>
       </c>
       <c r="L56" s="115"/>
       <c r="M56" s="115"/>
-      <c r="N56" s="115"/>
+      <c r="N56" s="179"/>
       <c r="O56" s="115"/>
       <c r="P56" s="116">
         <f>SUM(P50:P55)</f>
-        <v>2383127</v>
+        <v>2471301</v>
       </c>
       <c r="Q56" s="115"/>
       <c r="R56" s="117"/>
       <c r="S56" s="113"/>
       <c r="T56" s="114" t="s">
         <v>84</v>
       </c>
       <c r="U56" s="115"/>
       <c r="V56" s="115"/>
       <c r="W56" s="115"/>
       <c r="X56" s="115"/>
       <c r="Y56" s="116">
         <f>SUM(Y50:Y55)</f>
-        <v>2618981.548</v>
+        <v>2674071.548</v>
       </c>
       <c r="Z56" s="115"/>
       <c r="AA56" s="117"/>
     </row>
     <row r="57" spans="1:27" ht="28.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" s="95"/>
       <c r="B57" s="122" t="s">
         <v>85</v>
       </c>
       <c r="C57" s="97">
         <v>70</v>
       </c>
       <c r="D57" s="98"/>
       <c r="E57" s="98"/>
       <c r="F57" s="99">
-        <v>159890</v>
+        <v>174850</v>
       </c>
       <c r="G57" s="100">
         <f>C57*F57</f>
-        <v>11192300</v>
+        <v>12239500</v>
       </c>
       <c r="H57" s="101" t="s">
         <v>117</v>
       </c>
       <c r="I57" s="102" t="s">
         <v>118</v>
       </c>
       <c r="J57" s="95"/>
       <c r="K57" s="122" t="s">
         <v>85</v>
       </c>
       <c r="L57" s="97">
         <v>70</v>
       </c>
       <c r="M57" s="98"/>
-      <c r="N57" s="98"/>
+      <c r="N57" s="177"/>
       <c r="O57" s="99">
-        <v>163479</v>
+        <v>168729</v>
       </c>
       <c r="P57" s="100">
         <f>L57*O57</f>
-        <v>11443530</v>
+        <v>11811030</v>
       </c>
       <c r="Q57" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R57" s="102" t="s">
         <v>135</v>
       </c>
       <c r="S57" s="95"/>
       <c r="T57" s="122" t="s">
         <v>85</v>
       </c>
       <c r="U57" s="97">
         <v>70</v>
       </c>
       <c r="V57" s="98"/>
       <c r="W57" s="98"/>
       <c r="X57" s="99">
-        <f>163740*1.0705</f>
         <v>175283.67</v>
       </c>
       <c r="Y57" s="100">
         <f>U57*X57</f>
         <v>12269856.9</v>
       </c>
       <c r="Z57" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA57" s="162" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="103"/>
       <c r="B58" s="104" t="s">
         <v>67</v>
       </c>
       <c r="C58" s="105">
         <v>2</v>
       </c>
       <c r="D58" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E58" s="151">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F58" s="108"/>
       <c r="G58" s="109">
         <f>IF(D58="Add",($F$30+E58)*C58, (IF(D58="Deduct",($F$30-E58)*C58,  (IF(D58="No Charge",$F$30*C58,  (IF(D58="Not Available", "N/A", "")))))))</f>
-        <v>321998</v>
+        <v>346536</v>
       </c>
       <c r="H58" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I58" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J58" s="103"/>
       <c r="K58" s="104" t="s">
         <v>67</v>
       </c>
       <c r="L58" s="105">
         <v>2</v>
       </c>
       <c r="M58" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N58" s="107">
+      <c r="N58" s="178">
         <v>9200</v>
       </c>
       <c r="O58" s="108"/>
       <c r="P58" s="109">
-        <f>IF(M58="Add",($F$30+N58)*L58, (IF(M58="Deduct",($F$30-N58)*L58,  (IF(M58="No Charge",$F$30*L58,  (IF(M58="Not Available", "N/A", "")))))))</f>
-        <v>326998</v>
+        <f>IF(M58="Add",($O$30+N58)*L58, (IF(M58="Deduct",($O$30-N58)*L58,  (IF(M58="No Charge",$O$30*L58,  (IF(M58="Not Available", "N/A", "")))))))</f>
+        <v>338636</v>
       </c>
       <c r="Q58" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R58" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S58" s="103"/>
       <c r="T58" s="104" t="s">
         <v>67</v>
       </c>
       <c r="U58" s="105">
         <v>2</v>
       </c>
       <c r="V58" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W58" s="107">
         <v>9136</v>
       </c>
       <c r="X58" s="108"/>
       <c r="Y58" s="109">
-        <f>IF(V58="Add",($F$30+W58)*U58, (IF(V58="Deduct",($F$30-W58)*U58,  (IF(V58="No Charge",$F$30*U58,  (IF(V58="Not Available", "N/A", "")))))))</f>
-        <v>326870</v>
+        <f>IF(V58="Add",($X$30+W58)*U58, (IF(V58="Deduct",($X$30-W58)*U58,  (IF(V58="No Charge",$X$30*U58,  (IF(V58="Not Available", "N/A", "")))))))</f>
+        <v>344440</v>
       </c>
       <c r="Z58" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA58" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" s="111">
         <v>8</v>
       </c>
       <c r="B59" s="104" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="105">
         <v>1</v>
       </c>
       <c r="D59" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E59" s="151">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F59" s="108"/>
       <c r="G59" s="109">
         <f>IF(D59="Add",($F$30+E59)*C59, (IF(D59="Deduct",($F$30-E59)*C59,  (IF(D59="No Charge",$F$30*C59,  (IF(D59="Not Available", "N/A", "")))))))</f>
-        <v>163873</v>
+        <v>176008</v>
       </c>
       <c r="H59" s="107" t="s">
         <v>119</v>
       </c>
       <c r="I59" s="110" t="s">
         <v>120</v>
       </c>
       <c r="J59" s="111">
         <v>8</v>
       </c>
       <c r="K59" s="104" t="s">
         <v>68</v>
       </c>
       <c r="L59" s="105">
         <v>1</v>
       </c>
       <c r="M59" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N59" s="107">
+      <c r="N59" s="178">
         <v>12811</v>
       </c>
       <c r="O59" s="108"/>
       <c r="P59" s="109">
-        <f>IF(M59="Add",($F$30+N59)*L59, (IF(M59="Deduct",($F$30-N59)*L59,  (IF(M59="No Charge",$F$30*L59,  (IF(M59="Not Available", "N/A", "")))))))</f>
-        <v>167110</v>
+        <f>IF(M59="Add",($O$30+N59)*L59, (IF(M59="Deduct",($O$30-N59)*L59,  (IF(M59="No Charge",$O$30*L59,  (IF(M59="Not Available", "N/A", "")))))))</f>
+        <v>172929</v>
       </c>
       <c r="Q59" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R59" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S59" s="111">
         <v>8</v>
       </c>
       <c r="T59" s="104" t="s">
         <v>68</v>
       </c>
       <c r="U59" s="105">
         <v>1</v>
       </c>
       <c r="V59" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W59" s="107">
         <v>13320</v>
       </c>
       <c r="X59" s="108"/>
       <c r="Y59" s="109">
-        <f>IF(V59="Add",($F$30+W59)*U59, (IF(V59="Deduct",($F$30-W59)*U59,  (IF(V59="No Charge",$F$30*U59,  (IF(V59="Not Available", "N/A", "")))))))</f>
-        <v>167619</v>
+        <f>IF(V59="Add",($X$30+W59)*U59, (IF(V59="Deduct",($X$30-W59)*U59,  (IF(V59="No Charge",$X$30*U59,  (IF(V59="Not Available", "N/A", "")))))))</f>
+        <v>176404</v>
       </c>
       <c r="Z59" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA59" s="164" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="103"/>
       <c r="B60" s="104" t="s">
         <v>69</v>
       </c>
       <c r="C60" s="105">
         <v>1</v>
       </c>
       <c r="D60" s="106" t="s">
         <v>116</v>
       </c>
       <c r="E60" s="151">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F60" s="108"/>
       <c r="G60" s="109">
         <f>IF(D60="Add",($F$30+E60)*C60, (IF(D60="Deduct",($F$30-E60)*C60,  (IF(D60="No Charge",$F$30*C60,  (IF(D60="Not Available", "N/A", "")))))))</f>
-        <v>146799</v>
+        <v>151606</v>
       </c>
       <c r="H60" s="108"/>
       <c r="I60" s="112"/>
       <c r="J60" s="103"/>
       <c r="K60" s="104" t="s">
         <v>69</v>
       </c>
       <c r="L60" s="105">
         <v>1</v>
       </c>
       <c r="M60" s="106" t="s">
         <v>116</v>
       </c>
-      <c r="N60" s="107">
+      <c r="N60" s="178">
         <v>6000</v>
       </c>
       <c r="O60" s="108"/>
       <c r="P60" s="109">
-        <f>IF(M60="Add",($F$30+N60)*L60, (IF(M60="Deduct",($F$30-N60)*L60,  (IF(M60="No Charge",$F$30*L60,  (IF(M60="Not Available", "N/A", "")))))))</f>
-        <v>148299</v>
+        <f>IF(M60="Add",($O$30+N60)*L60, (IF(M60="Deduct",($O$30-N60)*L60,  (IF(M60="No Charge",$O$30*L60,  (IF(M60="Not Available", "N/A", "")))))))</f>
+        <v>154118</v>
       </c>
       <c r="Q60" s="108"/>
       <c r="R60" s="112"/>
       <c r="S60" s="103"/>
       <c r="T60" s="104" t="s">
         <v>69</v>
       </c>
       <c r="U60" s="105">
         <v>1</v>
       </c>
       <c r="V60" s="106" t="s">
         <v>116</v>
       </c>
       <c r="W60" s="107">
         <v>13500</v>
       </c>
       <c r="X60" s="108"/>
       <c r="Y60" s="109">
-        <f>IF(V60="Add",($F$30+W60)*U60, (IF(V60="Deduct",($F$30-W60)*U60,  (IF(V60="No Charge",$F$30*U60,  (IF(V60="Not Available", "N/A", "")))))))</f>
-        <v>140799</v>
+        <f>IF(V60="Add",($X$30+W60)*U60, (IF(V60="Deduct",($X$30-W60)*U60,  (IF(V60="No Charge",$X$30*U60,  (IF(V60="Not Available", "N/A", "")))))))</f>
+        <v>149584</v>
       </c>
       <c r="Z60" s="108"/>
       <c r="AA60" s="112"/>
     </row>
     <row r="61" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="103"/>
       <c r="B61" s="104" t="s">
         <v>70</v>
       </c>
       <c r="C61" s="105">
         <v>1</v>
       </c>
       <c r="D61" s="106" t="s">
         <v>114</v>
       </c>
       <c r="E61" s="151">
         <v>550</v>
       </c>
       <c r="F61" s="108"/>
       <c r="G61" s="109">
-        <f>IF(D61="Add",($F$12+E61)*C61, (IF(D61="Deduct",($F$12-E61)*C61,  (IF(D61="No Charge",$F$12*C61,  (IF(D61="Not Available", "N/A", "")))))))</f>
-        <v>146634</v>
+        <f>IF(D61="Add",($F$30+E61)*C61, (IF(D61="Deduct",($F$30-E61)*C61,  (IF(D61="No Charge",$F$30*C61,  (IF(D61="Not Available", "N/A", "")))))))</f>
+        <v>164984</v>
       </c>
       <c r="H61" s="107" t="s">
         <v>121</v>
       </c>
       <c r="I61" s="110" t="s">
         <v>125</v>
       </c>
       <c r="J61" s="103"/>
       <c r="K61" s="104" t="s">
         <v>70</v>
       </c>
       <c r="L61" s="105">
         <v>1</v>
       </c>
       <c r="M61" s="106" t="s">
         <v>114</v>
       </c>
-      <c r="N61" s="107">
+      <c r="N61" s="178">
         <v>600</v>
       </c>
       <c r="O61" s="108"/>
       <c r="P61" s="109">
-        <f>IF(M61="Add",($F$12+N61)*L61, (IF(M61="Deduct",($F$12-N61)*L61,  (IF(M61="No Charge",$F$12*L61,  (IF(M61="Not Available", "N/A", "")))))))</f>
-        <v>146684</v>
+        <f>IF(M61="Add",($O$30+N61)*L61, (IF(M61="Deduct",($O$30-N61)*L61,  (IF(M61="No Charge",$O$30*L61,  (IF(M61="Not Available", "N/A", "")))))))</f>
+        <v>160718</v>
       </c>
       <c r="Q61" s="107"/>
       <c r="R61" s="110"/>
       <c r="S61" s="103"/>
       <c r="T61" s="104" t="s">
         <v>70</v>
       </c>
       <c r="U61" s="105">
         <v>1</v>
       </c>
       <c r="V61" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W61" s="107">
         <v>570</v>
       </c>
       <c r="X61" s="108"/>
       <c r="Y61" s="109">
-        <f>IF(V61="Add",($F$12+W61)*U61, (IF(V61="Deduct",($F$12-W61)*U61,  (IF(V61="No Charge",$F$12*U61,  (IF(V61="Not Available", "N/A", "")))))))</f>
-        <v>146654</v>
+        <f>IF(V61="Add",($X$30+W61)*U61, (IF(V61="Deduct",($X$30-W61)*U61,  (IF(V61="No Charge",$X$30*U61,  (IF(V61="Not Available", "N/A", "")))))))</f>
+        <v>163654</v>
       </c>
       <c r="Z61" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA61" s="110" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="62" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="103"/>
       <c r="B62" s="104" t="s">
         <v>109</v>
       </c>
       <c r="C62" s="105">
         <v>1</v>
       </c>
       <c r="D62" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="E62" s="107" t="s">
+      <c r="E62" s="166" t="s">
         <v>112</v>
       </c>
       <c r="F62" s="108"/>
       <c r="G62" s="109" t="str">
-        <f>IF(D62="Add",($F$12+E62)*C62, (IF(D62="Deduct",($F$12-E62)*C62,  (IF(D62="No Charge",$F$12*C62,  (IF(D62="Not Available", "N/A", "")))))))</f>
+        <f>IF(D62="Add",($F$30+E62)*C62, (IF(D62="Deduct",($F$30-E62)*C62,  (IF(D62="No Charge",$F$30*C62,  (IF(D62="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H62" s="107" t="s">
         <v>124</v>
       </c>
       <c r="I62" s="110" t="s">
         <v>112</v>
       </c>
       <c r="J62" s="103"/>
       <c r="K62" s="104" t="s">
         <v>109</v>
       </c>
       <c r="L62" s="105">
         <v>1</v>
       </c>
       <c r="M62" s="106" t="s">
         <v>113</v>
       </c>
-      <c r="N62" s="107"/>
+      <c r="N62" s="178"/>
       <c r="O62" s="108"/>
       <c r="P62" s="109" t="str">
-        <f>IF(M62="Add",($F$12+N62)*L62, (IF(M62="Deduct",($F$12-N62)*L62,  (IF(M62="No Charge",$F$12*L62,  (IF(M62="Not Available", "N/A", "")))))))</f>
+        <f>IF(M62="Add",($O$30+N62)*L62, (IF(M62="Deduct",($O$30-N62)*L62,  (IF(M62="No Charge",$O$30*L62,  (IF(M62="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q62" s="107"/>
       <c r="R62" s="110"/>
       <c r="S62" s="103"/>
       <c r="T62" s="104" t="s">
         <v>109</v>
       </c>
       <c r="U62" s="105">
         <v>1</v>
       </c>
       <c r="V62" s="106" t="s">
         <v>114</v>
       </c>
       <c r="W62" s="107">
         <v>689</v>
       </c>
       <c r="X62" s="108"/>
       <c r="Y62" s="109">
-        <f>IF(V62="Add",($F$12+W62)*U62, (IF(V62="Deduct",($F$12-W62)*U62,  (IF(V62="No Charge",$F$12*U62,  (IF(V62="Not Available", "N/A", "")))))))</f>
-        <v>146773</v>
+        <f>IF(V62="Add",($X$30+W62)*U62, (IF(V62="Deduct",($X$30-W62)*U62,  (IF(V62="No Charge",$X$30*U62,  (IF(V62="Not Available", "N/A", "")))))))</f>
+        <v>163773</v>
       </c>
       <c r="Z62" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA62" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="63" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="113"/>
       <c r="B63" s="114" t="s">
         <v>86</v>
       </c>
       <c r="C63" s="115"/>
       <c r="D63" s="115"/>
       <c r="E63" s="115"/>
       <c r="F63" s="120"/>
       <c r="G63" s="121">
         <f>SUM(G57:G62)</f>
-        <v>11971604</v>
+        <v>13078634</v>
       </c>
       <c r="H63" s="115"/>
       <c r="I63" s="117"/>
       <c r="J63" s="113"/>
       <c r="K63" s="114" t="s">
         <v>86</v>
       </c>
       <c r="L63" s="115"/>
       <c r="M63" s="115"/>
-      <c r="N63" s="115"/>
+      <c r="N63" s="179"/>
       <c r="O63" s="120"/>
       <c r="P63" s="121">
         <f>SUM(P57:P62)</f>
-        <v>12232621</v>
+        <v>12637431</v>
       </c>
       <c r="Q63" s="115"/>
       <c r="R63" s="117"/>
       <c r="S63" s="113"/>
       <c r="T63" s="114" t="s">
         <v>86</v>
       </c>
       <c r="U63" s="115"/>
       <c r="V63" s="115"/>
       <c r="W63" s="115"/>
       <c r="X63" s="120"/>
       <c r="Y63" s="121">
         <f>SUM(Y57:Y62)</f>
-        <v>13198571.9</v>
+        <v>13267711.9</v>
       </c>
       <c r="Z63" s="115"/>
       <c r="AA63" s="117"/>
     </row>
     <row r="64" spans="1:27" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A64" s="123"/>
       <c r="B64" s="124"/>
       <c r="C64" s="123"/>
       <c r="D64" s="123"/>
       <c r="E64" s="123"/>
       <c r="F64" s="130" t="s">
         <v>87</v>
       </c>
       <c r="G64" s="131">
         <f>(G17+G23+G29+G35+G42+G49+G56+G63)</f>
-        <v>158530323</v>
+        <v>169305569</v>
       </c>
       <c r="H64" s="123"/>
       <c r="I64" s="123"/>
       <c r="J64" s="123"/>
       <c r="K64" s="124"/>
       <c r="L64" s="123"/>
       <c r="M64" s="123"/>
-      <c r="N64" s="123"/>
+      <c r="N64" s="180"/>
       <c r="O64" s="130" t="s">
         <v>87</v>
       </c>
       <c r="P64" s="131">
         <f>(P17+P23+P29+P35+P42+P49+P56+P63)</f>
-        <v>156703692</v>
+        <v>163530990</v>
       </c>
       <c r="Q64" s="123"/>
       <c r="R64" s="123"/>
       <c r="S64" s="123"/>
       <c r="T64" s="124"/>
       <c r="U64" s="123"/>
       <c r="V64" s="123"/>
       <c r="W64" s="123"/>
       <c r="X64" s="130" t="s">
         <v>87</v>
       </c>
       <c r="Y64" s="131">
         <f>(Y17+Y23+Y29+Y35+Y42+Y49+Y56+Y63)</f>
-        <v>166246688.44800001</v>
+        <v>167843320.44800001</v>
       </c>
       <c r="Z64" s="123"/>
       <c r="AA64" s="123"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D5:I6"/>
     <mergeCell ref="A6:C6"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="LIST SELECT" prompt="Select from the drop down list the action to be taken with the amount you provide." sqref="D13:D16 D19:D22 D25:D28 D31:D34 D37:D41 D44:D48 D51:D55 D58:D62 M13:M16 M19:M22 M25:M28 M31:M34 M37:M41 M44:M48 M51:M55 M58:M62 V13:V16 V19:V22 V25:V28 V31:V34 V37:V41 V44:V48 V51:V55 V58:V62" xr:uid="{8DF19777-DB10-46AD-AF11-35BA18239E16}">
       <formula1>"ADD, DEDUCT, NO CHARGE, NOT AVAILABLE"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{687F9B12-69A5-4920-8166-B144D4A1895A}">
   <dimension ref="A1:AA64"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="H7" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="48.44140625" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="11.77734375" customWidth="1"/>
+    <col min="4" max="4" width="11.6640625" customWidth="1"/>
     <col min="5" max="5" width="17.44140625" customWidth="1"/>
-    <col min="6" max="6" width="20.77734375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="9" max="9" width="23.77734375" customWidth="1"/>
+    <col min="6" max="6" width="20.6640625" customWidth="1"/>
+    <col min="7" max="7" width="19.6640625" customWidth="1"/>
+    <col min="8" max="8" width="21.33203125" customWidth="1"/>
+    <col min="9" max="9" width="23.6640625" customWidth="1"/>
     <col min="10" max="10" width="6.109375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="44.44140625" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.88671875" bestFit="1" customWidth="1"/>
-    <col min="13" max="13" width="7.21875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="7.33203125" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="12.33203125" style="175" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="15.44140625" customWidth="1"/>
     <col min="16" max="16" width="20" customWidth="1"/>
     <col min="17" max="17" width="8.44140625" bestFit="1" customWidth="1"/>
-    <col min="18" max="18" width="16.109375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="20" width="47.21875" bestFit="1" customWidth="1"/>
+    <col min="18" max="18" width="17.33203125" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="6.33203125" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="47.33203125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="8.44140625" bestFit="1" customWidth="1"/>
-    <col min="22" max="23" width="7.77734375" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="25" max="25" width="18.21875" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="8.6640625" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="11" bestFit="1" customWidth="1"/>
+    <col min="24" max="24" width="13.5546875" bestFit="1" customWidth="1"/>
+    <col min="25" max="25" width="18.33203125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="17" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="22.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="132" t="s">
         <v>88</v>
       </c>
       <c r="C1" s="13"/>
       <c r="D1" s="13"/>
       <c r="E1" s="13"/>
       <c r="F1" s="13"/>
       <c r="G1" s="13"/>
       <c r="H1" s="13"/>
       <c r="I1" s="14"/>
     </row>
     <row r="2" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
@@ -7852,51 +7931,51 @@
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="16"/>
       <c r="E8" s="16"/>
       <c r="F8" s="16"/>
       <c r="G8" s="16"/>
       <c r="H8" s="16"/>
       <c r="I8" s="17"/>
     </row>
     <row r="9" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A9" s="15"/>
       <c r="B9" s="16"/>
       <c r="C9" s="16"/>
       <c r="D9" s="16"/>
       <c r="E9" s="16"/>
       <c r="F9" s="16"/>
       <c r="G9" s="16"/>
       <c r="H9" s="16"/>
       <c r="I9" s="17"/>
       <c r="J9" s="158" t="s">
         <v>136</v>
       </c>
       <c r="K9" s="158"/>
       <c r="L9" s="158"/>
       <c r="M9" s="158"/>
-      <c r="N9" s="158"/>
+      <c r="N9" s="181"/>
       <c r="S9" s="158" t="s">
         <v>154</v>
       </c>
       <c r="T9" s="158"/>
       <c r="U9" s="158"/>
     </row>
     <row r="10" spans="1:27" x14ac:dyDescent="0.3">
       <c r="A10" s="22"/>
       <c r="B10" s="23"/>
       <c r="C10" s="23"/>
       <c r="D10" s="23"/>
       <c r="E10" s="23"/>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="23"/>
       <c r="I10" s="24"/>
     </row>
     <row r="11" spans="1:27" ht="66.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="133" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="134" t="s">
         <v>59</v>
       </c>
       <c r="C11" s="134" t="s">
@@ -7910,51 +7989,51 @@
       </c>
       <c r="F11" s="135" t="s">
         <v>62</v>
       </c>
       <c r="G11" s="135" t="s">
         <v>63</v>
       </c>
       <c r="H11" s="135" t="s">
         <v>64</v>
       </c>
       <c r="I11" s="136" t="s">
         <v>65</v>
       </c>
       <c r="J11" s="133" t="s">
         <v>4</v>
       </c>
       <c r="K11" s="134" t="s">
         <v>59</v>
       </c>
       <c r="L11" s="134" t="s">
         <v>60</v>
       </c>
       <c r="M11" s="135" t="s">
         <v>34</v>
       </c>
-      <c r="N11" s="135" t="s">
+      <c r="N11" s="182" t="s">
         <v>61</v>
       </c>
       <c r="O11" s="135" t="s">
         <v>62</v>
       </c>
       <c r="P11" s="135" t="s">
         <v>63</v>
       </c>
       <c r="Q11" s="135" t="s">
         <v>64</v>
       </c>
       <c r="R11" s="136" t="s">
         <v>65</v>
       </c>
       <c r="S11" s="133" t="s">
         <v>4</v>
       </c>
       <c r="T11" s="134" t="s">
         <v>59</v>
       </c>
       <c r="U11" s="134" t="s">
         <v>60</v>
       </c>
       <c r="V11" s="135" t="s">
         <v>34</v>
@@ -7964,5770 +8043,4905 @@
       </c>
       <c r="X11" s="135" t="s">
         <v>62</v>
       </c>
       <c r="Y11" s="135" t="s">
         <v>63</v>
       </c>
       <c r="Z11" s="135" t="s">
         <v>64</v>
       </c>
       <c r="AA11" s="136" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="12" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="25"/>
       <c r="B12" s="26" t="s">
         <v>66</v>
       </c>
       <c r="C12" s="27">
         <v>1</v>
       </c>
       <c r="D12" s="28"/>
       <c r="E12" s="28"/>
       <c r="F12" s="152">
-        <v>139793</v>
+        <v>149500</v>
       </c>
       <c r="G12" s="29">
         <f>C12*F12</f>
-        <v>139793</v>
+        <v>149500</v>
       </c>
       <c r="H12" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I12" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J12" s="25"/>
       <c r="K12" s="26" t="s">
         <v>66</v>
       </c>
       <c r="L12" s="27">
         <v>1</v>
       </c>
       <c r="M12" s="28"/>
-      <c r="N12" s="28"/>
+      <c r="N12" s="183"/>
       <c r="O12" s="159">
-        <v>144075</v>
+        <v>149325</v>
       </c>
       <c r="P12" s="29">
         <f>L12*O12</f>
-        <v>144075</v>
+        <v>149325</v>
       </c>
       <c r="Q12" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R12" s="102" t="s">
         <v>131</v>
       </c>
       <c r="S12" s="25"/>
       <c r="T12" s="26" t="s">
         <v>66</v>
       </c>
       <c r="U12" s="27">
         <v>1</v>
       </c>
       <c r="V12" s="28"/>
       <c r="W12" s="28"/>
       <c r="X12" s="159">
         <v>153414</v>
       </c>
       <c r="Y12" s="29">
         <f>U12*X12</f>
         <v>153414</v>
       </c>
       <c r="Z12" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA12" s="162" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="13" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="32"/>
       <c r="B13" s="33" t="s">
         <v>67</v>
       </c>
       <c r="C13" s="34">
         <v>1</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E13" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F13" s="37"/>
       <c r="G13" s="38">
         <f>IF(D13="Add",($F$12+E13)*C13, (IF(D13="Deduct",($F$12-E13)*C13,  (IF(D13="No Charge",$F$12*C13,  (IF(D13="Not Available", "N/A", "")))))))</f>
-        <v>146493</v>
+        <v>158334</v>
       </c>
       <c r="H13" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I13" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J13" s="32"/>
       <c r="K13" s="33" t="s">
         <v>67</v>
       </c>
       <c r="L13" s="34">
         <v>1</v>
       </c>
       <c r="M13" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="N13" s="36"/>
+      <c r="N13" s="184"/>
       <c r="O13" s="37"/>
       <c r="P13" s="38" t="str">
-        <f>IF(M13="Add",($F$12+N13)*L13, (IF(M13="Deduct",($F$12-N13)*L13,  (IF(M13="No Charge",$F$12*L13,  (IF(M13="Not Available", "N/A", "")))))))</f>
+        <f>IF(M13="Add",($O$12+N13)*L13, (IF(M13="Deduct",($O$12-N13)*L13,  (IF(M13="No Charge",$O$12*L13,  (IF(M13="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q13" s="107"/>
       <c r="R13" s="110"/>
       <c r="S13" s="32"/>
       <c r="T13" s="33" t="s">
         <v>67</v>
       </c>
       <c r="U13" s="34">
         <v>1</v>
       </c>
       <c r="V13" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W13" s="36">
         <v>8565</v>
       </c>
       <c r="X13" s="37"/>
       <c r="Y13" s="38">
-        <f>IF(V13="Add",($F$12+W13)*U13, (IF(V13="Deduct",($F$12-W13)*U13,  (IF(V13="No Charge",$F$12*U13,  (IF(V13="Not Available", "N/A", "")))))))</f>
-        <v>148358</v>
+        <f>IF(V13="Add",($X$12+W13)*U13, (IF(V13="Deduct",($X$12-W13)*U13,  (IF(V13="No Charge",$X$12*U13,  (IF(V13="Not Available", "N/A", "")))))))</f>
+        <v>161979</v>
       </c>
       <c r="Z13" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA13" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="40">
         <v>9</v>
       </c>
       <c r="B14" s="33" t="s">
         <v>68</v>
       </c>
       <c r="C14" s="34">
         <v>1</v>
       </c>
       <c r="D14" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E14" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F14" s="37"/>
       <c r="G14" s="38">
         <f>IF(D14="Add",($F$12+E14)*C14, (IF(D14="Deduct",($F$12-E14)*C14,  (IF(D14="No Charge",$F$12*C14,  (IF(D14="Not Available", "N/A", "")))))))</f>
-        <v>149367</v>
+        <v>161074</v>
       </c>
       <c r="H14" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I14" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J14" s="40">
         <v>9</v>
       </c>
       <c r="K14" s="33" t="s">
         <v>68</v>
       </c>
       <c r="L14" s="34">
         <v>1</v>
       </c>
       <c r="M14" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N14" s="36">
+      <c r="N14" s="184">
         <v>13232</v>
       </c>
       <c r="O14" s="37"/>
       <c r="P14" s="38">
-        <f>IF(M14="Add",($F$12+N14)*L14, (IF(M14="Deduct",($F$12-N14)*L14,  (IF(M14="No Charge",$F$12*L14,  (IF(M14="Not Available", "N/A", "")))))))</f>
-        <v>153025</v>
+        <f>IF(M14="Add",($O$12+N14)*L14, (IF(M14="Deduct",($O$12-N14)*L14,  (IF(M14="No Charge",$O$12*L14,  (IF(M14="Not Available", "N/A", "")))))))</f>
+        <v>162557</v>
       </c>
       <c r="Q14" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R14" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S14" s="40">
         <v>9</v>
       </c>
       <c r="T14" s="33" t="s">
         <v>68</v>
       </c>
       <c r="U14" s="34">
         <v>1</v>
       </c>
       <c r="V14" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W14" s="36">
         <v>11150</v>
       </c>
       <c r="X14" s="37"/>
       <c r="Y14" s="38">
-        <f>IF(V14="Add",($F$12+W14)*U14, (IF(V14="Deduct",($F$12-W14)*U14,  (IF(V14="No Charge",$F$12*U14,  (IF(V14="Not Available", "N/A", "")))))))</f>
-        <v>150943</v>
+        <f>IF(V14="Add",($X$12+W14)*U14, (IF(V14="Deduct",($X$12-W14)*U14,  (IF(V14="No Charge",$X$12*U14,  (IF(V14="Not Available", "N/A", "")))))))</f>
+        <v>164564</v>
       </c>
       <c r="Z14" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA14" s="164" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="15" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="32"/>
       <c r="B15" s="33" t="s">
         <v>69</v>
       </c>
       <c r="C15" s="34">
         <v>1</v>
       </c>
       <c r="D15" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E15" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F15" s="37"/>
       <c r="G15" s="38">
         <f>IF(D15="Add",($F$12+E15)*C15, (IF(D15="Deduct",($F$12-E15)*C15,  (IF(D15="No Charge",$F$12*C15,  (IF(D15="Not Available", "N/A", "")))))))</f>
-        <v>132293</v>
+        <v>136672</v>
       </c>
       <c r="H15" s="37"/>
       <c r="I15" s="41"/>
       <c r="J15" s="32"/>
       <c r="K15" s="33" t="s">
         <v>69</v>
       </c>
       <c r="L15" s="34">
         <v>1</v>
       </c>
       <c r="M15" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N15" s="36">
+      <c r="N15" s="184">
         <v>6000</v>
       </c>
       <c r="O15" s="37"/>
       <c r="P15" s="38">
-        <f>IF(M15="Add",($F$12+N15)*L15, (IF(M15="Deduct",($F$12-N15)*L15,  (IF(M15="No Charge",$F$12*L15,  (IF(M15="Not Available", "N/A", "")))))))</f>
-        <v>133793</v>
+        <f>IF(M15="Add",($O$12+N15)*L15, (IF(M15="Deduct",($O$12-N15)*L15,  (IF(M15="No Charge",$O$12*L15,  (IF(M15="Not Available", "N/A", "")))))))</f>
+        <v>143325</v>
       </c>
       <c r="Q15" s="108"/>
       <c r="R15" s="112"/>
       <c r="S15" s="32"/>
       <c r="T15" s="33" t="s">
         <v>69</v>
       </c>
       <c r="U15" s="34">
         <v>1</v>
       </c>
       <c r="V15" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W15" s="36">
         <v>13500</v>
       </c>
       <c r="X15" s="37"/>
       <c r="Y15" s="38">
-        <f>IF(V15="Add",($F$12+W15)*U15, (IF(V15="Deduct",($F$12-W15)*U15,  (IF(V15="No Charge",$F$12*U15,  (IF(V15="Not Available", "N/A", "")))))))</f>
-        <v>126293</v>
+        <f>IF(V15="Add",($X$12+W15)*U15, (IF(V15="Deduct",($X$12-W15)*U15,  (IF(V15="No Charge",$X$12*U15,  (IF(V15="Not Available", "N/A", "")))))))</f>
+        <v>139914</v>
       </c>
       <c r="Z15" s="108"/>
       <c r="AA15" s="112"/>
     </row>
     <row r="16" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="32"/>
       <c r="B16" s="33" t="s">
         <v>70</v>
       </c>
       <c r="C16" s="34">
         <v>1</v>
       </c>
       <c r="D16" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E16" s="153">
         <v>550</v>
       </c>
       <c r="F16" s="37"/>
       <c r="G16" s="38">
         <f>IF(D16="Add",($F$12+E16)*C16, (IF(D16="Deduct",($F$12-E16)*C16,  (IF(D16="No Charge",$F$12*C16,  (IF(D16="Not Available", "N/A", "")))))))</f>
-        <v>140343</v>
+        <v>150050</v>
       </c>
       <c r="H16" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I16" s="39" t="s">
         <v>122</v>
       </c>
       <c r="J16" s="32"/>
       <c r="K16" s="33" t="s">
         <v>70</v>
       </c>
       <c r="L16" s="34">
         <v>1</v>
       </c>
       <c r="M16" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N16" s="36">
+      <c r="N16" s="184">
         <v>500</v>
       </c>
       <c r="O16" s="37"/>
       <c r="P16" s="38">
-        <f>IF(M16="Add",($F$12+N16)*L16, (IF(M16="Deduct",($F$12-N16)*L16,  (IF(M16="No Charge",$F$12*L16,  (IF(M16="Not Available", "N/A", "")))))))</f>
-        <v>140293</v>
+        <f>IF(M16="Add",($O$12+N16)*L16, (IF(M16="Deduct",($O$12-N16)*L16,  (IF(M16="No Charge",$O$12*L16,  (IF(M16="Not Available", "N/A", "")))))))</f>
+        <v>149825</v>
       </c>
       <c r="Q16" s="107"/>
       <c r="R16" s="110"/>
       <c r="S16" s="32"/>
       <c r="T16" s="33" t="s">
         <v>70</v>
       </c>
       <c r="U16" s="34">
         <v>1</v>
       </c>
       <c r="V16" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W16" s="36">
         <v>570</v>
       </c>
       <c r="X16" s="37"/>
       <c r="Y16" s="38">
-        <f>IF(V16="Add",($F$12+W16)*U16, (IF(V16="Deduct",($F$12-W16)*U16,  (IF(V16="No Charge",$F$12*U16,  (IF(V16="Not Available", "N/A", "")))))))</f>
-        <v>140363</v>
+        <f>IF(V16="Add",($X$12+W16)*U16, (IF(V16="Deduct",($X$12-W16)*U16,  (IF(V16="No Charge",$X$12*U16,  (IF(V16="Not Available", "N/A", "")))))))</f>
+        <v>153984</v>
       </c>
       <c r="Z16" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA16" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="17" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="42"/>
       <c r="B17" s="43" t="s">
         <v>89</v>
       </c>
       <c r="C17" s="44"/>
       <c r="D17" s="44"/>
       <c r="E17" s="44"/>
       <c r="F17" s="44"/>
       <c r="G17" s="45">
         <f>SUM(G12:G16)</f>
-        <v>708289</v>
+        <v>755630</v>
       </c>
       <c r="H17" s="44"/>
       <c r="I17" s="46"/>
       <c r="J17" s="42"/>
       <c r="K17" s="43" t="s">
         <v>89</v>
       </c>
       <c r="L17" s="44"/>
       <c r="M17" s="44"/>
-      <c r="N17" s="44"/>
+      <c r="N17" s="185"/>
       <c r="O17" s="44"/>
       <c r="P17" s="45">
         <f>SUM(P12:P16)</f>
-        <v>571186</v>
+        <v>605032</v>
       </c>
       <c r="Q17" s="115"/>
       <c r="R17" s="117"/>
       <c r="S17" s="42"/>
       <c r="T17" s="43" t="s">
         <v>89</v>
       </c>
       <c r="U17" s="44"/>
       <c r="V17" s="44"/>
       <c r="W17" s="44"/>
       <c r="X17" s="44"/>
       <c r="Y17" s="45">
         <f>SUM(Y12:Y16)</f>
-        <v>719371</v>
+        <v>773855</v>
       </c>
       <c r="Z17" s="115"/>
       <c r="AA17" s="117"/>
     </row>
     <row r="18" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="25"/>
       <c r="B18" s="26" t="s">
         <v>72</v>
       </c>
       <c r="C18" s="27">
         <v>1</v>
       </c>
       <c r="D18" s="28"/>
       <c r="E18" s="28"/>
       <c r="F18" s="152">
-        <v>142679</v>
+        <v>154300</v>
       </c>
       <c r="G18" s="29">
         <f>C18*F18</f>
-        <v>142679</v>
+        <v>154300</v>
       </c>
       <c r="H18" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I18" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J18" s="25"/>
       <c r="K18" s="26" t="s">
         <v>72</v>
       </c>
       <c r="L18" s="27">
         <v>1</v>
       </c>
       <c r="M18" s="28"/>
-      <c r="N18" s="28"/>
+      <c r="N18" s="183"/>
       <c r="O18" s="159">
-        <v>146705</v>
+        <v>151955</v>
       </c>
       <c r="P18" s="29">
         <f>L18*O18</f>
-        <v>146705</v>
+        <v>151955</v>
       </c>
       <c r="Q18" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R18" s="102" t="s">
         <v>133</v>
       </c>
       <c r="S18" s="25"/>
       <c r="T18" s="26" t="s">
         <v>72</v>
       </c>
       <c r="U18" s="27">
         <v>1</v>
       </c>
       <c r="V18" s="28"/>
       <c r="W18" s="28"/>
       <c r="X18" s="159">
         <v>155319</v>
       </c>
       <c r="Y18" s="29">
         <f>U18*X18</f>
         <v>155319</v>
       </c>
       <c r="Z18" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA18" s="162" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="19" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="32"/>
       <c r="B19" s="33" t="s">
         <v>67</v>
       </c>
       <c r="C19" s="34">
         <v>1</v>
       </c>
       <c r="D19" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E19" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F19" s="37"/>
       <c r="G19" s="38">
         <f>IF(D19="Add",($F$18+E19)*C19, (IF(D19="Deduct",($F$18-E19)*C19,  (IF(D19="No Charge",$F$18*C19,  (IF(D19="Not Available", "N/A", "")))))))</f>
-        <v>149379</v>
+        <v>163134</v>
       </c>
       <c r="H19" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I19" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J19" s="32"/>
       <c r="K19" s="33" t="s">
         <v>67</v>
       </c>
       <c r="L19" s="34">
         <v>1</v>
       </c>
       <c r="M19" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N19" s="107">
+      <c r="N19" s="184">
         <v>9506</v>
       </c>
       <c r="O19" s="37"/>
       <c r="P19" s="38">
-        <f>IF(M19="Add",($F$18+N19)*L19, (IF(M19="Deduct",($F$18-N19)*L19,  (IF(M19="No Charge",$F$18*L19,  (IF(M19="Not Available", "N/A", "")))))))</f>
-        <v>152185</v>
+        <f>IF(M19="Add",($O$18+N19)*L19, (IF(M19="Deduct",($O$18-N19)*L19,  (IF(M19="No Charge",$O$18*L19,  (IF(M19="Not Available", "N/A", "")))))))</f>
+        <v>161461</v>
       </c>
       <c r="Q19" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R19" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S19" s="32"/>
       <c r="T19" s="33" t="s">
         <v>67</v>
       </c>
       <c r="U19" s="34">
         <v>1</v>
       </c>
       <c r="V19" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W19" s="36">
         <v>8594</v>
       </c>
       <c r="X19" s="37"/>
       <c r="Y19" s="38">
-        <f>IF(V19="Add",($F$18+W19)*U19, (IF(V19="Deduct",($F$18-W19)*U19,  (IF(V19="No Charge",$F$18*U19,  (IF(V19="Not Available", "N/A", "")))))))</f>
-        <v>151273</v>
+        <f>IF(V19="Add",($X$18+W19)*U19, (IF(V19="Deduct",($X$18-W19)*U19,  (IF(V19="No Charge",$X$18*U19,  (IF(V19="Not Available", "N/A", "")))))))</f>
+        <v>163913</v>
       </c>
       <c r="Z19" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA19" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="40">
         <v>10</v>
       </c>
       <c r="B20" s="33" t="s">
         <v>68</v>
       </c>
       <c r="C20" s="34">
         <v>1</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E20" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F20" s="37"/>
       <c r="G20" s="38">
         <f>IF(D20="Add",($F$18+E20)*C20, (IF(D20="Deduct",($F$18-E20)*C20,  (IF(D20="No Charge",$F$18*C20,  (IF(D20="Not Available", "N/A", "")))))))</f>
-        <v>152253</v>
+        <v>165874</v>
       </c>
       <c r="H20" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I20" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J20" s="40">
         <v>10</v>
       </c>
       <c r="K20" s="33" t="s">
         <v>68</v>
       </c>
       <c r="L20" s="34">
         <v>1</v>
       </c>
       <c r="M20" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N20" s="107">
+      <c r="N20" s="184">
         <v>13154</v>
       </c>
       <c r="O20" s="37"/>
       <c r="P20" s="38">
-        <f>IF(M20="Add",($F$18+N20)*L20, (IF(M20="Deduct",($F$18-N20)*L20,  (IF(M20="No Charge",$F$18*L20,  (IF(M20="Not Available", "N/A", "")))))))</f>
-        <v>155833</v>
+        <f>IF(M20="Add",($O$18+N20)*L20, (IF(M20="Deduct",($O$18-N20)*L20,  (IF(M20="No Charge",$O$18*L20,  (IF(M20="Not Available", "N/A", "")))))))</f>
+        <v>165109</v>
       </c>
       <c r="Q20" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R20" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S20" s="40">
         <v>10</v>
       </c>
       <c r="T20" s="33" t="s">
         <v>68</v>
       </c>
       <c r="U20" s="34">
         <v>1</v>
       </c>
       <c r="V20" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W20" s="36">
         <v>11612</v>
       </c>
       <c r="X20" s="37"/>
       <c r="Y20" s="38">
-        <f>IF(V20="Add",($F$18+W20)*U20, (IF(V20="Deduct",($F$18-W20)*U20,  (IF(V20="No Charge",$F$18*U20,  (IF(V20="Not Available", "N/A", "")))))))</f>
-        <v>154291</v>
+        <f>IF(V20="Add",($X$18+W20)*U20, (IF(V20="Deduct",($X$18-W20)*U20,  (IF(V20="No Charge",$X$18*U20,  (IF(V20="Not Available", "N/A", "")))))))</f>
+        <v>166931</v>
       </c>
       <c r="Z20" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA20" s="164" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="21" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="32"/>
       <c r="B21" s="33" t="s">
         <v>69</v>
       </c>
       <c r="C21" s="34">
         <v>1</v>
       </c>
       <c r="D21" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E21" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F21" s="37"/>
       <c r="G21" s="38">
         <f>IF(D21="Add",($F$18+E21)*C21, (IF(D21="Deduct",($F$18-E21)*C21,  (IF(D21="No Charge",$F$18*C21,  (IF(D21="Not Available", "N/A", "")))))))</f>
-        <v>135179</v>
+        <v>141472</v>
       </c>
       <c r="H21" s="47"/>
       <c r="I21" s="48"/>
       <c r="J21" s="32"/>
       <c r="K21" s="33" t="s">
         <v>69</v>
       </c>
       <c r="L21" s="34">
         <v>1</v>
       </c>
       <c r="M21" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N21" s="36">
+      <c r="N21" s="184">
         <v>6000</v>
       </c>
       <c r="O21" s="37"/>
       <c r="P21" s="38">
-        <f>IF(M21="Add",($F$18+N21)*L21, (IF(M21="Deduct",($F$18-N21)*L21,  (IF(M21="No Charge",$F$18*L21,  (IF(M21="Not Available", "N/A", "")))))))</f>
-        <v>136679</v>
+        <f>IF(M21="Add",($O$18+N21)*L21, (IF(M21="Deduct",($O$18-N21)*L21,  (IF(M21="No Charge",$O$18*L21,  (IF(M21="Not Available", "N/A", "")))))))</f>
+        <v>145955</v>
       </c>
       <c r="Q21" s="118"/>
       <c r="R21" s="119"/>
       <c r="S21" s="32"/>
       <c r="T21" s="33" t="s">
         <v>69</v>
       </c>
       <c r="U21" s="34">
         <v>1</v>
       </c>
       <c r="V21" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W21" s="36">
         <v>13500</v>
       </c>
       <c r="X21" s="37"/>
       <c r="Y21" s="38">
-        <f>IF(V21="Add",($F$18+W21)*U21, (IF(V21="Deduct",($F$18-W21)*U21,  (IF(V21="No Charge",$F$18*U21,  (IF(V21="Not Available", "N/A", "")))))))</f>
-        <v>129179</v>
+        <f>IF(V21="Add",($X$18+W21)*U21, (IF(V21="Deduct",($X$18-W21)*U21,  (IF(V21="No Charge",$X$18*U21,  (IF(V21="Not Available", "N/A", "")))))))</f>
+        <v>141819</v>
       </c>
       <c r="Z21" s="118"/>
       <c r="AA21" s="119"/>
     </row>
     <row r="22" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="32"/>
       <c r="B22" s="33" t="s">
         <v>70</v>
       </c>
       <c r="C22" s="34">
         <v>1</v>
       </c>
       <c r="D22" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E22" s="153">
         <v>550</v>
       </c>
       <c r="F22" s="37"/>
       <c r="G22" s="38">
         <f>IF(D22="Add",($F$18+E22)*C22, (IF(D22="Deduct",($F$18-E22)*C22,  (IF(D22="No Charge",$F$18*C22,  (IF(D22="Not Available", "N/A", "")))))))</f>
-        <v>143229</v>
+        <v>154850</v>
       </c>
       <c r="H22" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I22" s="39" t="s">
         <v>122</v>
       </c>
       <c r="J22" s="32"/>
       <c r="K22" s="33" t="s">
         <v>70</v>
       </c>
       <c r="L22" s="34">
         <v>1</v>
       </c>
       <c r="M22" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N22" s="36">
+      <c r="N22" s="184">
         <v>500</v>
       </c>
       <c r="O22" s="37"/>
       <c r="P22" s="38">
-        <f>IF(M22="Add",($F$18+N22)*L22, (IF(M22="Deduct",($F$18-N22)*L22,  (IF(M22="No Charge",$F$18*L22,  (IF(M22="Not Available", "N/A", "")))))))</f>
-        <v>143179</v>
+        <f>IF(M22="Add",($O$18+N22)*L22, (IF(M22="Deduct",($O$18-N22)*L22,  (IF(M22="No Charge",$O$18*L22,  (IF(M22="Not Available", "N/A", "")))))))</f>
+        <v>152455</v>
       </c>
       <c r="Q22" s="107"/>
       <c r="R22" s="110"/>
       <c r="S22" s="32"/>
       <c r="T22" s="33" t="s">
         <v>70</v>
       </c>
       <c r="U22" s="34">
         <v>1</v>
       </c>
       <c r="V22" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W22" s="36">
         <v>570</v>
       </c>
       <c r="X22" s="37"/>
       <c r="Y22" s="38">
-        <f>IF(V22="Add",($F$18+W22)*U22, (IF(V22="Deduct",($F$18-W22)*U22,  (IF(V22="No Charge",$F$18*U22,  (IF(V22="Not Available", "N/A", "")))))))</f>
-        <v>143249</v>
+        <f>IF(V22="Add",($X$18+W22)*U22, (IF(V22="Deduct",($X$18-W22)*U22,  (IF(V22="No Charge",$X$18*U22,  (IF(V22="Not Available", "N/A", "")))))))</f>
+        <v>155889</v>
       </c>
       <c r="Z22" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA22" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="23" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="42"/>
       <c r="B23" s="43" t="s">
         <v>90</v>
       </c>
       <c r="C23" s="44"/>
       <c r="D23" s="44"/>
       <c r="E23" s="44"/>
       <c r="F23" s="44"/>
       <c r="G23" s="45">
         <f>SUM(G18:G22)</f>
-        <v>722719</v>
+        <v>779630</v>
       </c>
       <c r="H23" s="44"/>
       <c r="I23" s="46"/>
       <c r="J23" s="42"/>
       <c r="K23" s="43" t="s">
         <v>90</v>
       </c>
       <c r="L23" s="44"/>
       <c r="M23" s="44"/>
-      <c r="N23" s="44"/>
+      <c r="N23" s="185"/>
       <c r="O23" s="44"/>
       <c r="P23" s="45">
         <f>SUM(P18:P22)</f>
-        <v>734581</v>
+        <v>776935</v>
       </c>
       <c r="Q23" s="115"/>
       <c r="R23" s="117"/>
       <c r="S23" s="42"/>
       <c r="T23" s="43" t="s">
         <v>90</v>
       </c>
       <c r="U23" s="44"/>
       <c r="V23" s="44"/>
       <c r="W23" s="44"/>
       <c r="X23" s="44"/>
       <c r="Y23" s="45">
         <f>SUM(Y18:Y22)</f>
-        <v>733311</v>
+        <v>783871</v>
       </c>
       <c r="Z23" s="115"/>
       <c r="AA23" s="117"/>
     </row>
     <row r="24" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="25"/>
       <c r="B24" s="26" t="s">
         <v>74</v>
       </c>
       <c r="C24" s="27">
         <v>13</v>
       </c>
       <c r="D24" s="28"/>
       <c r="E24" s="28"/>
       <c r="F24" s="152">
-        <v>145618</v>
+        <v>159050</v>
       </c>
       <c r="G24" s="29">
         <f>C24*F24</f>
-        <v>1893034</v>
+        <v>2067650</v>
       </c>
       <c r="H24" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I24" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J24" s="25"/>
       <c r="K24" s="26" t="s">
         <v>74</v>
       </c>
       <c r="L24" s="27">
         <v>13</v>
       </c>
       <c r="M24" s="28"/>
-      <c r="N24" s="28"/>
+      <c r="N24" s="183"/>
       <c r="O24" s="159">
-        <v>149545</v>
+        <v>154795</v>
       </c>
       <c r="P24" s="29">
         <f>L24*O24</f>
-        <v>1944085</v>
+        <v>2012335</v>
       </c>
       <c r="Q24" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R24" s="102" t="s">
         <v>134</v>
       </c>
       <c r="S24" s="25"/>
       <c r="T24" s="26" t="s">
         <v>74</v>
       </c>
       <c r="U24" s="27">
         <v>13</v>
       </c>
       <c r="V24" s="28"/>
       <c r="W24" s="28"/>
       <c r="X24" s="159">
         <v>160382</v>
       </c>
       <c r="Y24" s="29">
         <f>U24*X24</f>
         <v>2084966</v>
       </c>
       <c r="Z24" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA24" s="162" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="25" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="32"/>
       <c r="B25" s="33" t="s">
         <v>67</v>
       </c>
       <c r="C25" s="34">
         <v>1</v>
       </c>
       <c r="D25" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E25" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F25" s="37"/>
       <c r="G25" s="38">
         <f>IF(D25="Add",($F$24+E25)*C25, (IF(D25="Deduct",($F$24-E25)*C25,  (IF(D25="No Charge",$F$24*C25,  (IF(D25="Not Available", "N/A", "")))))))</f>
-        <v>152318</v>
+        <v>167884</v>
       </c>
       <c r="H25" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I25" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J25" s="32"/>
       <c r="K25" s="33" t="s">
         <v>67</v>
       </c>
       <c r="L25" s="34">
         <v>1</v>
       </c>
       <c r="M25" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N25" s="36">
+      <c r="N25" s="184">
         <v>8748</v>
       </c>
       <c r="O25" s="37"/>
       <c r="P25" s="38">
-        <f>IF(M25="Add",($F$24+N25)*L25, (IF(M25="Deduct",($F$24-N25)*L25,  (IF(M25="No Charge",$F$24*L25,  (IF(M25="Not Available", "N/A", "")))))))</f>
-        <v>154366</v>
+        <f>IF(M25="Add",($O$24+N25)*L25, (IF(M25="Deduct",($O$24-N25)*L25,  (IF(M25="No Charge",$O$24*L25,  (IF(M25="Not Available", "N/A", "")))))))</f>
+        <v>163543</v>
       </c>
       <c r="Q25" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R25" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S25" s="32"/>
       <c r="T25" s="33" t="s">
         <v>67</v>
       </c>
       <c r="U25" s="34">
         <v>1</v>
       </c>
       <c r="V25" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W25" s="36">
         <v>8621</v>
       </c>
       <c r="X25" s="37"/>
       <c r="Y25" s="38">
-        <f>IF(V25="Add",($F$24+W25)*U25, (IF(V25="Deduct",($F$24-W25)*U25,  (IF(V25="No Charge",$F$24*U25,  (IF(V25="Not Available", "N/A", "")))))))</f>
-        <v>154239</v>
+        <f>IF(V25="Add",($X$24+W25)*U25, (IF(V25="Deduct",($X$24-W25)*U25,  (IF(V25="No Charge",$X$24*U25,  (IF(V25="Not Available", "N/A", "")))))))</f>
+        <v>169003</v>
       </c>
       <c r="Z25" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA25" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="40">
         <v>11</v>
       </c>
       <c r="B26" s="33" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="34">
         <v>1</v>
       </c>
       <c r="D26" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E26" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F26" s="37"/>
       <c r="G26" s="38">
         <f>IF(D26="Add",($F$24+E26)*C26, (IF(D26="Deduct",($F$24-E26)*C26,  (IF(D26="No Charge",$F$24*C26,  (IF(D26="Not Available", "N/A", "")))))))</f>
-        <v>155192</v>
+        <v>170624</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I26" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J26" s="40">
         <v>11</v>
       </c>
       <c r="K26" s="33" t="s">
         <v>68</v>
       </c>
       <c r="L26" s="34">
         <v>1</v>
       </c>
       <c r="M26" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N26" s="36">
+      <c r="N26" s="184">
         <v>13165</v>
       </c>
       <c r="O26" s="37"/>
       <c r="P26" s="38">
-        <f>IF(M26="Add",($F$24+N26)*L26, (IF(M26="Deduct",($F$24-N26)*L26,  (IF(M26="No Charge",$F$24*L26,  (IF(M26="Not Available", "N/A", "")))))))</f>
-        <v>158783</v>
+        <f>IF(M26="Add",($O$24+N26)*L26, (IF(M26="Deduct",($O$24-N26)*L26,  (IF(M26="No Charge",$O$24*L26,  (IF(M26="Not Available", "N/A", "")))))))</f>
+        <v>167960</v>
       </c>
       <c r="Q26" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R26" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S26" s="40">
         <v>11</v>
       </c>
       <c r="T26" s="33" t="s">
         <v>68</v>
       </c>
       <c r="U26" s="34">
         <v>1</v>
       </c>
       <c r="V26" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W26" s="36">
         <v>12932</v>
       </c>
       <c r="X26" s="37"/>
       <c r="Y26" s="38">
-        <f>IF(V26="Add",($F$24+W26)*U26, (IF(V26="Deduct",($F$24-W26)*U26,  (IF(V26="No Charge",$F$24*U26,  (IF(V26="Not Available", "N/A", "")))))))</f>
-        <v>158550</v>
+        <f>IF(V26="Add",($X$24+W26)*U26, (IF(V26="Deduct",($X$24-W26)*U26,  (IF(V26="No Charge",$X$24*U26,  (IF(V26="Not Available", "N/A", "")))))))</f>
+        <v>173314</v>
       </c>
       <c r="Z26" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA26" s="164" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="27" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="32"/>
       <c r="B27" s="33" t="s">
         <v>69</v>
       </c>
       <c r="C27" s="34">
         <v>1</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E27" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F27" s="37"/>
       <c r="G27" s="38">
         <f>IF(D27="Add",($F$24+E27)*C27, (IF(D27="Deduct",($F$24-E27)*C27,  (IF(D27="No Charge",$F$24*C27,  (IF(D27="Not Available", "N/A", "")))))))</f>
-        <v>138118</v>
+        <v>146222</v>
       </c>
       <c r="H27" s="37"/>
       <c r="I27" s="41"/>
       <c r="J27" s="32"/>
       <c r="K27" s="33" t="s">
         <v>69</v>
       </c>
       <c r="L27" s="34">
         <v>1</v>
       </c>
       <c r="M27" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N27" s="36">
+      <c r="N27" s="184">
         <v>6000</v>
       </c>
       <c r="O27" s="37"/>
       <c r="P27" s="38">
-        <f>IF(M27="Add",($F$24+N27)*L27, (IF(M27="Deduct",($F$24-N27)*L27,  (IF(M27="No Charge",$F$24*L27,  (IF(M27="Not Available", "N/A", "")))))))</f>
-        <v>139618</v>
+        <f>IF(M27="Add",($O$24+N27)*L27, (IF(M27="Deduct",($O$24-N27)*L27,  (IF(M27="No Charge",$O$24*L27,  (IF(M27="Not Available", "N/A", "")))))))</f>
+        <v>148795</v>
       </c>
       <c r="Q27" s="108"/>
       <c r="R27" s="112"/>
       <c r="S27" s="32"/>
       <c r="T27" s="33" t="s">
         <v>69</v>
       </c>
       <c r="U27" s="34">
         <v>1</v>
       </c>
       <c r="V27" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W27" s="36">
         <v>13500</v>
       </c>
       <c r="X27" s="37"/>
       <c r="Y27" s="38">
-        <f>IF(V27="Add",($F$24+W27)*U27, (IF(V27="Deduct",($F$24-W27)*U27,  (IF(V27="No Charge",$F$24*U27,  (IF(V27="Not Available", "N/A", "")))))))</f>
-        <v>132118</v>
+        <f>IF(V27="Add",($X$24+W27)*U27, (IF(V27="Deduct",($X$24-W27)*U27,  (IF(V27="No Charge",$X$24*U27,  (IF(V27="Not Available", "N/A", "")))))))</f>
+        <v>146882</v>
       </c>
       <c r="Z27" s="108"/>
       <c r="AA27" s="112"/>
     </row>
     <row r="28" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="32"/>
       <c r="B28" s="33" t="s">
         <v>70</v>
       </c>
       <c r="C28" s="34">
         <v>1</v>
       </c>
       <c r="D28" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E28" s="153">
         <v>550</v>
       </c>
       <c r="F28" s="37"/>
       <c r="G28" s="38">
         <f>IF(D28="Add",($F$24+E28)*C28, (IF(D28="Deduct",($F$24-E28)*C28,  (IF(D28="No Charge",$F$24*C28,  (IF(D28="Not Available", "N/A", "")))))))</f>
-        <v>146168</v>
+        <v>159600</v>
       </c>
       <c r="H28" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I28" s="39" t="s">
         <v>122</v>
       </c>
       <c r="J28" s="32"/>
       <c r="K28" s="33" t="s">
         <v>70</v>
       </c>
       <c r="L28" s="34">
         <v>1</v>
       </c>
       <c r="M28" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N28" s="36">
+      <c r="N28" s="184">
         <v>500</v>
       </c>
       <c r="O28" s="37"/>
       <c r="P28" s="38">
-        <f>IF(M28="Add",($F$24+N28)*L28, (IF(M28="Deduct",($F$24-N28)*L28,  (IF(M28="No Charge",$F$24*L28,  (IF(M28="Not Available", "N/A", "")))))))</f>
-        <v>146118</v>
+        <f>IF(M28="Add",($O$24+N28)*L28, (IF(M28="Deduct",($O$24-N28)*L28,  (IF(M28="No Charge",$O$24*L28,  (IF(M28="Not Available", "N/A", "")))))))</f>
+        <v>155295</v>
       </c>
       <c r="Q28" s="107"/>
       <c r="R28" s="110"/>
       <c r="S28" s="32"/>
       <c r="T28" s="33" t="s">
         <v>70</v>
       </c>
       <c r="U28" s="34">
         <v>1</v>
       </c>
       <c r="V28" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W28" s="36">
         <v>570</v>
       </c>
       <c r="X28" s="37"/>
       <c r="Y28" s="38">
-        <f>IF(V28="Add",($F$24+W28)*U28, (IF(V28="Deduct",($F$24-W28)*U28,  (IF(V28="No Charge",$F$24*U28,  (IF(V28="Not Available", "N/A", "")))))))</f>
-        <v>146188</v>
+        <f>IF(V28="Add",($X$24+W28)*U28, (IF(V28="Deduct",($X$24-W28)*U28,  (IF(V28="No Charge",$X$24*U28,  (IF(V28="Not Available", "N/A", "")))))))</f>
+        <v>160952</v>
       </c>
       <c r="Z28" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA28" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="29" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="42"/>
       <c r="B29" s="43" t="s">
         <v>91</v>
       </c>
       <c r="C29" s="44"/>
       <c r="D29" s="44"/>
       <c r="E29" s="44"/>
       <c r="F29" s="44"/>
       <c r="G29" s="45">
         <f>SUM(G24:G28)</f>
-        <v>2484830</v>
+        <v>2711980</v>
       </c>
       <c r="H29" s="44"/>
       <c r="I29" s="46"/>
       <c r="J29" s="42"/>
       <c r="K29" s="43" t="s">
         <v>91</v>
       </c>
       <c r="L29" s="44"/>
       <c r="M29" s="44"/>
-      <c r="N29" s="44"/>
+      <c r="N29" s="185"/>
       <c r="O29" s="44"/>
       <c r="P29" s="45">
         <f>SUM(P24:P28)</f>
-        <v>2542970</v>
+        <v>2647928</v>
       </c>
       <c r="Q29" s="115"/>
       <c r="R29" s="117"/>
       <c r="S29" s="42"/>
       <c r="T29" s="43" t="s">
         <v>91</v>
       </c>
       <c r="U29" s="44"/>
       <c r="V29" s="44"/>
       <c r="W29" s="44"/>
       <c r="X29" s="44"/>
       <c r="Y29" s="45">
         <f>SUM(Y24:Y28)</f>
-        <v>2676061</v>
+        <v>2735117</v>
       </c>
       <c r="Z29" s="115"/>
       <c r="AA29" s="117"/>
     </row>
     <row r="30" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="25"/>
       <c r="B30" s="26" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="27">
         <v>112</v>
       </c>
       <c r="D30" s="28"/>
       <c r="E30" s="28"/>
       <c r="F30" s="152">
-        <v>146734</v>
+        <v>160950</v>
       </c>
       <c r="G30" s="29">
         <f>C30*F30</f>
-        <v>16434208</v>
+        <v>18026400</v>
       </c>
       <c r="H30" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I30" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J30" s="25"/>
       <c r="K30" s="26" t="s">
         <v>76</v>
       </c>
       <c r="L30" s="27">
         <v>112</v>
       </c>
       <c r="M30" s="28"/>
-      <c r="N30" s="28"/>
+      <c r="N30" s="183"/>
       <c r="O30" s="159">
-        <v>151495</v>
+        <v>156745</v>
       </c>
       <c r="P30" s="29">
         <f>L30*O30</f>
-        <v>16967440</v>
+        <v>17555440</v>
       </c>
       <c r="Q30" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R30" s="102" t="s">
         <v>135</v>
       </c>
       <c r="S30" s="25"/>
       <c r="T30" s="26" t="s">
         <v>76</v>
       </c>
       <c r="U30" s="27">
         <v>112</v>
       </c>
       <c r="V30" s="28"/>
       <c r="W30" s="28"/>
       <c r="X30" s="159">
         <v>161455</v>
       </c>
       <c r="Y30" s="29">
         <f>U30*X30</f>
         <v>18082960</v>
       </c>
       <c r="Z30" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA30" s="162" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="31" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="32"/>
       <c r="B31" s="33" t="s">
         <v>67</v>
       </c>
       <c r="C31" s="34">
         <v>9</v>
       </c>
       <c r="D31" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E31" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F31" s="37"/>
       <c r="G31" s="38">
         <f>IF(D31="Add",($F$30+E31)*C31, (IF(D31="Deduct",($F$30-E31)*C31,  (IF(D31="No Charge",$F$30*C31,  (IF(D31="Not Available", "N/A", "")))))))</f>
-        <v>1380906</v>
+        <v>1528056</v>
       </c>
       <c r="H31" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I31" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J31" s="32"/>
       <c r="K31" s="33" t="s">
         <v>67</v>
       </c>
       <c r="L31" s="34">
         <v>9</v>
       </c>
       <c r="M31" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N31" s="36">
-        <v>9200</v>
+      <c r="N31" s="184">
+        <v>8293</v>
       </c>
       <c r="O31" s="37"/>
       <c r="P31" s="38">
-        <f>IF(M31="Add",($F$30+N31)*L31, (IF(M31="Deduct",($F$30-N31)*L31,  (IF(M31="No Charge",$F$30*L31,  (IF(M31="Not Available", "N/A", "")))))))</f>
-        <v>1403406</v>
+        <f>IF(M31="Add",($O$30+N31)*L31, (IF(M31="Deduct",($O$30-N31)*L31,  (IF(M31="No Charge",$O$30*L31,  (IF(M31="Not Available", "N/A", "")))))))</f>
+        <v>1485342</v>
       </c>
       <c r="Q31" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R31" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S31" s="32"/>
       <c r="T31" s="33" t="s">
         <v>67</v>
       </c>
       <c r="U31" s="34">
         <v>9</v>
       </c>
       <c r="V31" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W31" s="36">
         <v>9671</v>
       </c>
       <c r="X31" s="37"/>
       <c r="Y31" s="38">
-        <f>IF(V31="Add",($F$30+W31)*U31, (IF(V31="Deduct",($F$30-W31)*U31,  (IF(V31="No Charge",$F$30*U31,  (IF(V31="Not Available", "N/A", "")))))))</f>
-        <v>1407645</v>
+        <f>IF(V31="Add",($X$30+W31)*U31, (IF(V31="Deduct",($X$30-W31)*U31,  (IF(V31="No Charge",$X$30*U31,  (IF(V31="Not Available", "N/A", "")))))))</f>
+        <v>1540134</v>
       </c>
       <c r="Z31" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA31" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="40">
         <v>12</v>
       </c>
       <c r="B32" s="33" t="s">
         <v>68</v>
       </c>
       <c r="C32" s="34">
         <v>1</v>
       </c>
       <c r="D32" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E32" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F32" s="37"/>
       <c r="G32" s="38">
         <f>IF(D32="Add",($F$30+E32)*C32, (IF(D32="Deduct",($F$30-E32)*C32,  (IF(D32="No Charge",$F$30*C32,  (IF(D32="Not Available", "N/A", "")))))))</f>
-        <v>156308</v>
+        <v>172524</v>
       </c>
       <c r="H32" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I32" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J32" s="40">
         <v>12</v>
       </c>
       <c r="K32" s="33" t="s">
         <v>68</v>
       </c>
       <c r="L32" s="34">
         <v>1</v>
       </c>
       <c r="M32" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N32" s="36">
+      <c r="N32" s="184">
         <v>12811</v>
       </c>
       <c r="O32" s="37"/>
       <c r="P32" s="38">
-        <f>IF(M32="Add",($F$30+N32)*L32, (IF(M32="Deduct",($F$30-N32)*L32,  (IF(M32="No Charge",$F$30*L32,  (IF(M32="Not Available", "N/A", "")))))))</f>
-        <v>159545</v>
+        <f>IF(M32="Add",($O$30+N32)*L32, (IF(M32="Deduct",($O$30-N32)*L32,  (IF(M32="No Charge",$O$30*L32,  (IF(M32="Not Available", "N/A", "")))))))</f>
+        <v>169556</v>
       </c>
       <c r="Q32" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R32" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S32" s="40">
         <v>12</v>
       </c>
       <c r="T32" s="33" t="s">
         <v>68</v>
       </c>
       <c r="U32" s="34">
         <v>1</v>
       </c>
       <c r="V32" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W32" s="36">
         <v>14305</v>
       </c>
       <c r="X32" s="37"/>
       <c r="Y32" s="38">
-        <f>IF(V32="Add",($F$30+W32)*U32, (IF(V32="Deduct",($F$30-W32)*U32,  (IF(V32="No Charge",$F$30*U32,  (IF(V32="Not Available", "N/A", "")))))))</f>
-        <v>161039</v>
+        <f>IF(V32="Add",($X$30+W32)*U32, (IF(V32="Deduct",($X$30-W32)*U32,  (IF(V32="No Charge",$X$30*U32,  (IF(V32="Not Available", "N/A", "")))))))</f>
+        <v>175760</v>
       </c>
       <c r="Z32" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA32" s="164" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="32"/>
       <c r="B33" s="33" t="s">
         <v>69</v>
       </c>
       <c r="C33" s="34">
         <v>2</v>
       </c>
       <c r="D33" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E33" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F33" s="37"/>
       <c r="G33" s="38">
         <f>IF(D33="Add",($F$30+E33)*C33, (IF(D33="Deduct",($F$30-E33)*C33,  (IF(D33="No Charge",$F$30*C33,  (IF(D33="Not Available", "N/A", "")))))))</f>
-        <v>278468</v>
+        <v>296244</v>
       </c>
       <c r="H33" s="37"/>
       <c r="I33" s="41"/>
       <c r="J33" s="32"/>
       <c r="K33" s="33" t="s">
         <v>69</v>
       </c>
       <c r="L33" s="34">
         <v>2</v>
       </c>
       <c r="M33" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N33" s="36">
+      <c r="N33" s="184">
         <v>6000</v>
       </c>
       <c r="O33" s="37"/>
       <c r="P33" s="38">
-        <f>IF(M33="Add",($F$30+N33)*L33, (IF(M33="Deduct",($F$30-N33)*L33,  (IF(M33="No Charge",$F$30*L33,  (IF(M33="Not Available", "N/A", "")))))))</f>
-        <v>281468</v>
+        <f>IF(M33="Add",($O$30+N33)*L33, (IF(M33="Deduct",($O$30-N33)*L33,  (IF(M33="No Charge",$O$30*L33,  (IF(M33="Not Available", "N/A", "")))))))</f>
+        <v>301490</v>
       </c>
       <c r="Q33" s="108"/>
       <c r="R33" s="112"/>
       <c r="S33" s="32"/>
       <c r="T33" s="33" t="s">
         <v>69</v>
       </c>
       <c r="U33" s="34">
         <v>2</v>
       </c>
       <c r="V33" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W33" s="36">
         <v>13500</v>
       </c>
       <c r="X33" s="37"/>
       <c r="Y33" s="38">
-        <f>IF(V33="Add",($F$30+W33)*U33, (IF(V33="Deduct",($F$30-W33)*U33,  (IF(V33="No Charge",$F$30*U33,  (IF(V33="Not Available", "N/A", "")))))))</f>
-        <v>266468</v>
+        <f>IF(V33="Add",($X$30+W33)*U33, (IF(V33="Deduct",($X$30-W33)*U33,  (IF(V33="No Charge",$X$30*U33,  (IF(V33="Not Available", "N/A", "")))))))</f>
+        <v>295910</v>
       </c>
       <c r="Z33" s="108"/>
       <c r="AA33" s="112"/>
     </row>
     <row r="34" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="32"/>
       <c r="B34" s="33" t="s">
         <v>70</v>
       </c>
       <c r="C34" s="34">
         <v>1</v>
       </c>
       <c r="D34" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E34" s="153">
         <v>550</v>
       </c>
       <c r="F34" s="37"/>
       <c r="G34" s="38">
         <f>IF(D34="Add",($F$30+E34)*C34, (IF(D34="Deduct",($F$30-E34)*C34,  (IF(D34="No Charge",$F$30*C34,  (IF(D34="Not Available", "N/A", "")))))))</f>
-        <v>147284</v>
+        <v>161500</v>
       </c>
       <c r="H34" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I34" s="39" t="s">
         <v>122</v>
       </c>
       <c r="J34" s="32"/>
       <c r="K34" s="33" t="s">
         <v>70</v>
       </c>
       <c r="L34" s="34">
         <v>1</v>
       </c>
       <c r="M34" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N34" s="36">
+      <c r="N34" s="184">
         <v>500</v>
       </c>
       <c r="O34" s="37"/>
       <c r="P34" s="38">
-        <f>IF(M34="Add",($F$30+N34)*L34, (IF(M34="Deduct",($F$30-N34)*L34,  (IF(M34="No Charge",$F$30*L34,  (IF(M34="Not Available", "N/A", "")))))))</f>
-        <v>147234</v>
+        <f>IF(M34="Add",($O$30+N34)*L34, (IF(M34="Deduct",($O$30-N34)*L34,  (IF(M34="No Charge",$O$30*L34,  (IF(M34="Not Available", "N/A", "")))))))</f>
+        <v>157245</v>
       </c>
       <c r="Q34" s="107"/>
       <c r="R34" s="110"/>
       <c r="S34" s="32"/>
       <c r="T34" s="33" t="s">
         <v>70</v>
       </c>
       <c r="U34" s="34">
         <v>1</v>
       </c>
       <c r="V34" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W34" s="36">
         <v>570</v>
       </c>
       <c r="X34" s="37"/>
       <c r="Y34" s="38">
-        <f>IF(V34="Add",($F$30+W34)*U34, (IF(V34="Deduct",($F$30-W34)*U34,  (IF(V34="No Charge",$F$30*U34,  (IF(V34="Not Available", "N/A", "")))))))</f>
-        <v>147304</v>
+        <f>IF(V34="Add",($X$30+W34)*U34, (IF(V34="Deduct",($X$30-W34)*U34,  (IF(V34="No Charge",$X$30*U34,  (IF(V34="Not Available", "N/A", "")))))))</f>
+        <v>162025</v>
       </c>
       <c r="Z34" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA34" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="35" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="42"/>
       <c r="B35" s="43" t="s">
         <v>92</v>
       </c>
       <c r="C35" s="44"/>
       <c r="D35" s="44"/>
       <c r="E35" s="44"/>
       <c r="F35" s="49"/>
       <c r="G35" s="50">
         <f>SUM(G30:G34)</f>
-        <v>18397174</v>
+        <v>20184724</v>
       </c>
       <c r="H35" s="44"/>
       <c r="I35" s="46"/>
       <c r="J35" s="42"/>
       <c r="K35" s="43" t="s">
         <v>92</v>
       </c>
       <c r="L35" s="44"/>
       <c r="M35" s="44"/>
-      <c r="N35" s="44"/>
+      <c r="N35" s="185"/>
       <c r="O35" s="49"/>
       <c r="P35" s="50">
         <f>SUM(P30:P34)</f>
-        <v>18959093</v>
+        <v>19669073</v>
       </c>
       <c r="Q35" s="115"/>
       <c r="R35" s="117"/>
       <c r="S35" s="42"/>
       <c r="T35" s="43" t="s">
         <v>92</v>
       </c>
       <c r="U35" s="44"/>
       <c r="V35" s="44"/>
       <c r="W35" s="44"/>
       <c r="X35" s="49"/>
       <c r="Y35" s="50">
         <f>SUM(Y30:Y34)</f>
-        <v>20065416</v>
+        <v>20256789</v>
       </c>
       <c r="Z35" s="115"/>
       <c r="AA35" s="117"/>
     </row>
     <row r="36" spans="1:27" ht="27.6" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="25"/>
       <c r="B36" s="62" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="27">
         <v>1</v>
       </c>
       <c r="D36" s="28"/>
       <c r="E36" s="28"/>
       <c r="F36" s="152">
-        <v>143238</v>
+        <v>152500</v>
       </c>
       <c r="G36" s="29">
         <f>C36*F36</f>
-        <v>143238</v>
+        <v>152500</v>
       </c>
       <c r="H36" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I36" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J36" s="25"/>
       <c r="K36" s="62" t="s">
         <v>93</v>
       </c>
       <c r="L36" s="27">
         <v>1</v>
       </c>
       <c r="M36" s="28"/>
-      <c r="N36" s="28"/>
+      <c r="N36" s="183"/>
       <c r="O36" s="159">
-        <v>148487</v>
+        <v>153737</v>
       </c>
       <c r="P36" s="29">
         <f>L36*O36</f>
-        <v>148487</v>
+        <v>153737</v>
       </c>
       <c r="Q36" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R36" s="102" t="s">
         <v>131</v>
       </c>
       <c r="S36" s="25"/>
       <c r="T36" s="62" t="s">
         <v>93</v>
       </c>
       <c r="U36" s="27">
         <v>1</v>
       </c>
       <c r="V36" s="28"/>
       <c r="W36" s="28"/>
       <c r="X36" s="159">
         <v>148687</v>
       </c>
       <c r="Y36" s="29">
         <f>U36*X36</f>
         <v>148687</v>
       </c>
       <c r="Z36" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA36" s="162" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="37" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="32"/>
       <c r="B37" s="63" t="s">
         <v>67</v>
       </c>
       <c r="C37" s="34">
         <v>1</v>
       </c>
       <c r="D37" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E37" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F37" s="37"/>
       <c r="G37" s="38">
-        <f t="shared" ref="G37:G41" si="0">IF(D37="Add",($F$12+E37)*C37, (IF(D37="Deduct",($F$12-E37)*C37,  (IF(D37="No Charge",$F$12*C37,  (IF(D37="Not Available", "N/A", "")))))))</f>
-        <v>146493</v>
+        <f>IF(D37="Add",($F$12+E37)*C37, (IF(D37="Deduct",($F$12-E37)*C37,  (IF(D37="No Charge",$F$12*C37,  (IF(D37="Not Available", "N/A", "")))))))</f>
+        <v>158334</v>
       </c>
       <c r="H37" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I37" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J37" s="32"/>
       <c r="K37" s="63" t="s">
         <v>67</v>
       </c>
       <c r="L37" s="34">
         <v>1</v>
       </c>
       <c r="M37" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="N37" s="36"/>
+      <c r="N37" s="184"/>
       <c r="O37" s="37"/>
       <c r="P37" s="38" t="str">
-        <f t="shared" ref="P37:P41" si="1">IF(M37="Add",($F$12+N37)*L37, (IF(M37="Deduct",($F$12-N37)*L37,  (IF(M37="No Charge",$F$12*L37,  (IF(M37="Not Available", "N/A", "")))))))</f>
+        <f>IF(M37="Add",($O$12+N37)*L37, (IF(M37="Deduct",($O$12-N37)*L37,  (IF(M37="No Charge",$O$12*L37,  (IF(M37="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q37" s="107"/>
       <c r="R37" s="110"/>
       <c r="S37" s="32"/>
       <c r="T37" s="63" t="s">
         <v>67</v>
       </c>
       <c r="U37" s="34">
         <v>1</v>
       </c>
       <c r="V37" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W37" s="36">
         <v>8565</v>
       </c>
       <c r="X37" s="37"/>
       <c r="Y37" s="38">
-        <f t="shared" ref="Y37:Y41" si="2">IF(V37="Add",($F$12+W37)*U37, (IF(V37="Deduct",($F$12-W37)*U37,  (IF(V37="No Charge",$F$12*U37,  (IF(V37="Not Available", "N/A", "")))))))</f>
-        <v>148358</v>
+        <f>IF(V37="Add",($X$12+W37)*U37, (IF(V37="Deduct",($X$12-W37)*U37,  (IF(V37="No Charge",$X$12*U37,  (IF(V37="Not Available", "N/A", "")))))))</f>
+        <v>161979</v>
       </c>
       <c r="Z37" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA37" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="38" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="40">
         <v>13</v>
       </c>
       <c r="B38" s="63" t="s">
         <v>68</v>
       </c>
       <c r="C38" s="34">
         <v>1</v>
       </c>
       <c r="D38" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E38" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F38" s="37"/>
       <c r="G38" s="38">
-        <f t="shared" si="0"/>
-        <v>149367</v>
+        <f>IF(D38="Add",($F$12+E38)*C38, (IF(D38="Deduct",($F$12-E38)*C38,  (IF(D38="No Charge",$F$12*C38,  (IF(D38="Not Available", "N/A", "")))))))</f>
+        <v>161074</v>
       </c>
       <c r="H38" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I38" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J38" s="40">
         <v>13</v>
       </c>
       <c r="K38" s="63" t="s">
         <v>68</v>
       </c>
       <c r="L38" s="34">
         <v>1</v>
       </c>
       <c r="M38" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N38" s="36">
-        <v>9113</v>
+      <c r="N38" s="184">
+        <v>13232</v>
       </c>
       <c r="O38" s="37"/>
       <c r="P38" s="38">
-        <f t="shared" si="1"/>
-        <v>148906</v>
+        <f>IF(M38="Add",($O$12+N38)*L38, (IF(M38="Deduct",($O$12-N38)*L38,  (IF(M38="No Charge",$O$12*L38,  (IF(M38="Not Available", "N/A", "")))))))</f>
+        <v>162557</v>
       </c>
       <c r="Q38" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R38" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S38" s="40">
         <v>13</v>
       </c>
       <c r="T38" s="63" t="s">
         <v>68</v>
       </c>
       <c r="U38" s="34">
         <v>1</v>
       </c>
       <c r="V38" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W38" s="36">
         <v>11150</v>
       </c>
       <c r="X38" s="37"/>
       <c r="Y38" s="38">
-        <f t="shared" si="2"/>
-        <v>150943</v>
+        <f>IF(V38="Add",($X$12+W38)*U38, (IF(V38="Deduct",($X$12-W38)*U38,  (IF(V38="No Charge",$X$12*U38,  (IF(V38="Not Available", "N/A", "")))))))</f>
+        <v>164564</v>
       </c>
       <c r="Z38" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA38" s="164" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="39" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="32"/>
       <c r="B39" s="63" t="s">
         <v>69</v>
       </c>
       <c r="C39" s="34">
         <v>1</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E39" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F39" s="37"/>
       <c r="G39" s="38">
-        <f t="shared" si="0"/>
-        <v>132293</v>
+        <f>IF(D39="Add",($F$12+E39)*C39, (IF(D39="Deduct",($F$12-E39)*C39,  (IF(D39="No Charge",$F$12*C39,  (IF(D39="Not Available", "N/A", "")))))))</f>
+        <v>136672</v>
       </c>
       <c r="H39" s="37"/>
       <c r="I39" s="41"/>
       <c r="J39" s="32"/>
       <c r="K39" s="63" t="s">
         <v>69</v>
       </c>
       <c r="L39" s="34">
         <v>1</v>
       </c>
       <c r="M39" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N39" s="36">
+      <c r="N39" s="184">
         <v>6000</v>
       </c>
       <c r="O39" s="37"/>
       <c r="P39" s="38">
-        <f t="shared" si="1"/>
-        <v>133793</v>
+        <f>IF(M39="Add",($O$12+N39)*L39, (IF(M39="Deduct",($O$12-N39)*L39,  (IF(M39="No Charge",$O$12*L39,  (IF(M39="Not Available", "N/A", "")))))))</f>
+        <v>143325</v>
       </c>
       <c r="Q39" s="108"/>
       <c r="R39" s="112"/>
       <c r="S39" s="32"/>
       <c r="T39" s="63" t="s">
         <v>69</v>
       </c>
       <c r="U39" s="34">
         <v>1</v>
       </c>
       <c r="V39" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W39" s="36">
         <v>13500</v>
       </c>
       <c r="X39" s="37"/>
       <c r="Y39" s="38">
-        <f t="shared" si="2"/>
-        <v>126293</v>
+        <f>IF(V39="Add",($X$12+W39)*U39, (IF(V39="Deduct",($X$12-W39)*U39,  (IF(V39="No Charge",$X$12*U39,  (IF(V39="Not Available", "N/A", "")))))))</f>
+        <v>139914</v>
       </c>
       <c r="Z39" s="108"/>
       <c r="AA39" s="112"/>
     </row>
     <row r="40" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="32"/>
       <c r="B40" s="63" t="s">
         <v>70</v>
       </c>
       <c r="C40" s="34">
         <v>1</v>
       </c>
       <c r="D40" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E40" s="153">
         <v>550</v>
       </c>
       <c r="F40" s="37"/>
       <c r="G40" s="38">
-        <f t="shared" si="0"/>
-        <v>140343</v>
+        <f>IF(D40="Add",($F$12+E40)*C40, (IF(D40="Deduct",($F$12-E40)*C40,  (IF(D40="No Charge",$F$12*C40,  (IF(D40="Not Available", "N/A", "")))))))</f>
+        <v>150050</v>
       </c>
       <c r="H40" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I40" s="39" t="s">
         <v>125</v>
       </c>
       <c r="J40" s="32"/>
       <c r="K40" s="63" t="s">
         <v>70</v>
       </c>
       <c r="L40" s="34">
         <v>1</v>
       </c>
       <c r="M40" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N40" s="36">
+      <c r="N40" s="184">
         <v>600</v>
       </c>
       <c r="O40" s="37"/>
       <c r="P40" s="38">
-        <f t="shared" si="1"/>
-        <v>140393</v>
+        <f>IF(M40="Add",($O$12+N40)*L40, (IF(M40="Deduct",($O$12-N40)*L40,  (IF(M40="No Charge",$O$12*L40,  (IF(M40="Not Available", "N/A", "")))))))</f>
+        <v>149925</v>
       </c>
       <c r="Q40" s="107"/>
       <c r="R40" s="110"/>
       <c r="S40" s="32"/>
       <c r="T40" s="63" t="s">
         <v>70</v>
       </c>
       <c r="U40" s="34">
         <v>1</v>
       </c>
       <c r="V40" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W40" s="36">
         <v>570</v>
       </c>
       <c r="X40" s="37"/>
       <c r="Y40" s="38">
-        <f t="shared" si="2"/>
-        <v>140363</v>
+        <f>IF(V40="Add",($X$12+W40)*U40, (IF(V40="Deduct",($X$12-W40)*U40,  (IF(V40="No Charge",$X$12*U40,  (IF(V40="Not Available", "N/A", "")))))))</f>
+        <v>153984</v>
       </c>
       <c r="Z40" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA40" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="41" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="32"/>
       <c r="B41" s="33" t="s">
         <v>79</v>
       </c>
       <c r="C41" s="34">
         <v>1</v>
       </c>
       <c r="D41" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="E41" s="36" t="s">
+      <c r="E41" s="167" t="s">
         <v>112</v>
       </c>
       <c r="F41" s="37"/>
       <c r="G41" s="38" t="str">
-        <f t="shared" si="0"/>
+        <f>IF(D41="Add",($F$12+E41)*C41, (IF(D41="Deduct",($F$12-E41)*C41,  (IF(D41="No Charge",$F$12*C41,  (IF(D41="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H41" s="36" t="s">
         <v>126</v>
       </c>
       <c r="I41" s="39" t="s">
         <v>112</v>
       </c>
       <c r="J41" s="32"/>
       <c r="K41" s="33" t="s">
         <v>79</v>
       </c>
       <c r="L41" s="34">
         <v>1</v>
       </c>
       <c r="M41" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="N41" s="36"/>
+      <c r="N41" s="184"/>
       <c r="O41" s="37"/>
       <c r="P41" s="38" t="str">
-        <f t="shared" si="1"/>
+        <f>IF(M41="Add",($O$12+N41)*L41, (IF(M41="Deduct",($O$12-N41)*L41,  (IF(M41="No Charge",$O$12*L41,  (IF(M41="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q41" s="107"/>
       <c r="R41" s="110"/>
       <c r="S41" s="32"/>
       <c r="T41" s="33" t="s">
         <v>79</v>
       </c>
       <c r="U41" s="34">
         <v>1</v>
       </c>
       <c r="V41" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W41" s="36">
         <v>393</v>
       </c>
       <c r="X41" s="37"/>
       <c r="Y41" s="38">
-        <f t="shared" si="2"/>
-        <v>140186</v>
+        <f>IF(V41="Add",($X$12+W41)*U41, (IF(V41="Deduct",($X$12-W41)*U41,  (IF(V41="No Charge",$X$12*U41,  (IF(V41="Not Available", "N/A", "")))))))</f>
+        <v>153807</v>
       </c>
       <c r="Z41" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA41" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="42" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="42"/>
       <c r="B42" s="43" t="s">
         <v>94</v>
       </c>
       <c r="C42" s="44"/>
       <c r="D42" s="44"/>
       <c r="E42" s="44"/>
       <c r="F42" s="44"/>
       <c r="G42" s="45">
         <f>SUM(G36:G41)</f>
-        <v>711734</v>
+        <v>758630</v>
       </c>
       <c r="H42" s="44"/>
       <c r="I42" s="46"/>
       <c r="J42" s="42"/>
       <c r="K42" s="43" t="s">
         <v>94</v>
       </c>
       <c r="L42" s="44"/>
       <c r="M42" s="44"/>
-      <c r="N42" s="44"/>
+      <c r="N42" s="185"/>
       <c r="O42" s="44"/>
       <c r="P42" s="45">
         <f>SUM(P36:P41)</f>
-        <v>571579</v>
+        <v>609544</v>
       </c>
       <c r="Q42" s="115"/>
       <c r="R42" s="117"/>
       <c r="S42" s="42"/>
       <c r="T42" s="43" t="s">
         <v>94</v>
       </c>
       <c r="U42" s="44"/>
       <c r="V42" s="44"/>
       <c r="W42" s="44"/>
       <c r="X42" s="44"/>
       <c r="Y42" s="45">
         <f>SUM(Y36:Y41)</f>
-        <v>854830</v>
+        <v>922935</v>
       </c>
       <c r="Z42" s="115"/>
       <c r="AA42" s="117"/>
     </row>
     <row r="43" spans="1:27" ht="27.6" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A43" s="25"/>
       <c r="B43" s="62" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="27">
         <v>1</v>
       </c>
       <c r="D43" s="28"/>
       <c r="E43" s="28"/>
       <c r="F43" s="152">
-        <v>147338</v>
+        <v>155200</v>
       </c>
       <c r="G43" s="29">
         <f>C43*F43</f>
-        <v>147338</v>
+        <v>155200</v>
       </c>
       <c r="H43" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I43" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J43" s="25"/>
       <c r="K43" s="62" t="s">
         <v>81</v>
       </c>
       <c r="L43" s="27">
         <v>1</v>
       </c>
       <c r="M43" s="28"/>
-      <c r="N43" s="28"/>
+      <c r="N43" s="183"/>
       <c r="O43" s="159">
-        <v>154775</v>
+        <v>160025</v>
       </c>
       <c r="P43" s="29">
         <f>L43*O43</f>
-        <v>154775</v>
+        <v>160025</v>
       </c>
       <c r="Q43" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R43" s="102" t="s">
         <v>133</v>
       </c>
       <c r="S43" s="25"/>
       <c r="T43" s="62" t="s">
         <v>81</v>
       </c>
       <c r="U43" s="27">
         <v>1</v>
       </c>
       <c r="V43" s="28"/>
       <c r="W43" s="28"/>
       <c r="X43" s="159">
         <v>152218</v>
       </c>
       <c r="Y43" s="29">
         <f>U43*X43</f>
         <v>152218</v>
       </c>
       <c r="Z43" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA43" s="162" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="44" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A44" s="32"/>
       <c r="B44" s="63" t="s">
         <v>67</v>
       </c>
       <c r="C44" s="34">
         <v>1</v>
       </c>
       <c r="D44" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E44" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F44" s="37"/>
       <c r="G44" s="38">
         <f>IF(D44="Add",($F$18+E44)*C44, (IF(D44="Deduct",($F$18-E44)*C44,  (IF(D44="No Charge",$F$18*C44,  (IF(D44="Not Available", "N/A", "")))))))</f>
-        <v>149379</v>
+        <v>163134</v>
       </c>
       <c r="H44" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I44" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J44" s="32"/>
       <c r="K44" s="63" t="s">
         <v>67</v>
       </c>
       <c r="L44" s="34">
         <v>1</v>
       </c>
       <c r="M44" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N44" s="36">
+      <c r="N44" s="184">
         <v>7201</v>
       </c>
       <c r="O44" s="37"/>
       <c r="P44" s="38">
-        <f>IF(M44="Add",($F$18+N44)*L44, (IF(M44="Deduct",($F$18-N44)*L44,  (IF(M44="No Charge",$F$18*L44,  (IF(M44="Not Available", "N/A", "")))))))</f>
-        <v>149880</v>
+        <f>IF(M44="Add",($O$18+N44)*L44, (IF(M44="Deduct",($O$18-N44)*L44,  (IF(M44="No Charge",$O$18*L44,  (IF(M44="Not Available", "N/A", "")))))))</f>
+        <v>159156</v>
       </c>
       <c r="Q44" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R44" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S44" s="32"/>
       <c r="T44" s="63" t="s">
         <v>67</v>
       </c>
       <c r="U44" s="34">
         <v>1</v>
       </c>
       <c r="V44" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W44" s="36">
         <v>8594</v>
       </c>
       <c r="X44" s="37"/>
       <c r="Y44" s="38">
-        <f>IF(V44="Add",($F$18+W44)*U44, (IF(V44="Deduct",($F$18-W44)*U44,  (IF(V44="No Charge",$F$18*U44,  (IF(V44="Not Available", "N/A", "")))))))</f>
-        <v>151273</v>
+        <f>IF(V44="Add",($X$18+W44)*U44, (IF(V44="Deduct",($X$18-W44)*U44,  (IF(V44="No Charge",$X$18*U44,  (IF(V44="Not Available", "N/A", "")))))))</f>
+        <v>163913</v>
       </c>
       <c r="Z44" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA44" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="45" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A45" s="40">
         <v>14</v>
       </c>
       <c r="B45" s="63" t="s">
         <v>68</v>
       </c>
       <c r="C45" s="34">
         <v>1</v>
       </c>
       <c r="D45" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E45" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F45" s="37"/>
       <c r="G45" s="38">
         <f>IF(D45="Add",($F$18+E45)*C45, (IF(D45="Deduct",($F$18-E45)*C45,  (IF(D45="No Charge",$F$18*C45,  (IF(D45="Not Available", "N/A", "")))))))</f>
-        <v>152253</v>
+        <v>165874</v>
       </c>
       <c r="H45" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I45" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J45" s="40">
         <v>14</v>
       </c>
       <c r="K45" s="63" t="s">
         <v>68</v>
       </c>
       <c r="L45" s="34">
         <v>1</v>
       </c>
       <c r="M45" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N45" s="36">
+      <c r="N45" s="184">
         <v>9849</v>
       </c>
       <c r="O45" s="37"/>
       <c r="P45" s="38">
-        <f>IF(M45="Add",($F$18+N45)*L45, (IF(M45="Deduct",($F$18-N45)*L45,  (IF(M45="No Charge",$F$18*L45,  (IF(M45="Not Available", "N/A", "")))))))</f>
-        <v>152528</v>
+        <f>IF(M45="Add",($O$18+N45)*L45, (IF(M45="Deduct",($O$18-N45)*L45,  (IF(M45="No Charge",$O$18*L45,  (IF(M45="Not Available", "N/A", "")))))))</f>
+        <v>161804</v>
       </c>
       <c r="Q45" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R45" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S45" s="40">
         <v>14</v>
       </c>
       <c r="T45" s="63" t="s">
         <v>68</v>
       </c>
       <c r="U45" s="34">
         <v>1</v>
       </c>
       <c r="V45" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W45" s="36">
         <v>11612</v>
       </c>
       <c r="X45" s="37"/>
       <c r="Y45" s="38">
-        <f>IF(V45="Add",($F$18+W45)*U45, (IF(V45="Deduct",($F$18-W45)*U45,  (IF(V45="No Charge",$F$18*U45,  (IF(V45="Not Available", "N/A", "")))))))</f>
-        <v>154291</v>
+        <f>IF(V45="Add",($X$18+W45)*U45, (IF(V45="Deduct",($X$18-W45)*U45,  (IF(V45="No Charge",$X$18*U45,  (IF(V45="Not Available", "N/A", "")))))))</f>
+        <v>166931</v>
       </c>
       <c r="Z45" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA45" s="164" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="46" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A46" s="32"/>
       <c r="B46" s="63" t="s">
         <v>69</v>
       </c>
       <c r="C46" s="34">
         <v>1</v>
       </c>
       <c r="D46" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E46" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F46" s="37"/>
       <c r="G46" s="38">
         <f>IF(D46="Add",($F$18+E46)*C46, (IF(D46="Deduct",($F$18-E46)*C46,  (IF(D46="No Charge",$F$18*C46,  (IF(D46="Not Available", "N/A", "")))))))</f>
-        <v>135179</v>
+        <v>141472</v>
       </c>
       <c r="H46" s="47"/>
       <c r="I46" s="48"/>
       <c r="J46" s="32"/>
       <c r="K46" s="63" t="s">
         <v>69</v>
       </c>
       <c r="L46" s="34">
         <v>1</v>
       </c>
       <c r="M46" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N46" s="36">
+      <c r="N46" s="184">
         <v>6000</v>
       </c>
       <c r="O46" s="37"/>
       <c r="P46" s="38">
-        <f>IF(M46="Add",($F$18+N46)*L46, (IF(M46="Deduct",($F$18-N46)*L46,  (IF(M46="No Charge",$F$18*L46,  (IF(M46="Not Available", "N/A", "")))))))</f>
-        <v>136679</v>
+        <f>IF(M46="Add",($O$18+N46)*L46, (IF(M46="Deduct",($O$18-N46)*L46,  (IF(M46="No Charge",$O$18*L46,  (IF(M46="Not Available", "N/A", "")))))))</f>
+        <v>145955</v>
       </c>
       <c r="Q46" s="118"/>
       <c r="R46" s="119"/>
       <c r="S46" s="32"/>
       <c r="T46" s="63" t="s">
         <v>69</v>
       </c>
       <c r="U46" s="34">
         <v>1</v>
       </c>
       <c r="V46" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W46" s="36">
         <v>13500</v>
       </c>
       <c r="X46" s="37"/>
       <c r="Y46" s="38">
-        <f>IF(V46="Add",($F$18+W46)*U46, (IF(V46="Deduct",($F$18-W46)*U46,  (IF(V46="No Charge",$F$18*U46,  (IF(V46="Not Available", "N/A", "")))))))</f>
-        <v>129179</v>
+        <f>IF(V46="Add",($X$18+W46)*U46, (IF(V46="Deduct",($X$18-W46)*U46,  (IF(V46="No Charge",$X$18*U46,  (IF(V46="Not Available", "N/A", "")))))))</f>
+        <v>141819</v>
       </c>
       <c r="Z46" s="118"/>
       <c r="AA46" s="119"/>
     </row>
     <row r="47" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A47" s="32"/>
       <c r="B47" s="63" t="s">
         <v>70</v>
       </c>
       <c r="C47" s="34">
         <v>1</v>
       </c>
       <c r="D47" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E47" s="153">
         <v>550</v>
       </c>
       <c r="F47" s="37"/>
       <c r="G47" s="38">
-        <f>IF(D47="Add",($F$12+E47)*C47, (IF(D47="Deduct",($F$12-E47)*C47,  (IF(D47="No Charge",$F$12*C47,  (IF(D47="Not Available", "N/A", "")))))))</f>
-        <v>140343</v>
+        <f>IF(D47="Add",($F$18+E47)*C47, (IF(D47="Deduct",($F$18-E47)*C47,  (IF(D47="No Charge",$F$18*C47,  (IF(D47="Not Available", "N/A", "")))))))</f>
+        <v>154850</v>
       </c>
       <c r="H47" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I47" s="39" t="s">
         <v>125</v>
       </c>
       <c r="J47" s="32"/>
       <c r="K47" s="63" t="s">
         <v>70</v>
       </c>
       <c r="L47" s="34">
         <v>1</v>
       </c>
       <c r="M47" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N47" s="36">
+      <c r="N47" s="184">
         <v>600</v>
       </c>
       <c r="O47" s="37"/>
       <c r="P47" s="38">
-        <f>IF(M47="Add",($F$12+N47)*L47, (IF(M47="Deduct",($F$12-N47)*L47,  (IF(M47="No Charge",$F$12*L47,  (IF(M47="Not Available", "N/A", "")))))))</f>
-        <v>140393</v>
+        <f>IF(M47="Add",($O$18+N47)*L47, (IF(M47="Deduct",($O$18-N47)*L47,  (IF(M47="No Charge",$O$18*L47,  (IF(M47="Not Available", "N/A", "")))))))</f>
+        <v>152555</v>
       </c>
       <c r="Q47" s="107"/>
       <c r="R47" s="110"/>
       <c r="S47" s="32"/>
       <c r="T47" s="63" t="s">
         <v>70</v>
       </c>
       <c r="U47" s="34">
         <v>1</v>
       </c>
       <c r="V47" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W47" s="36">
         <v>570</v>
       </c>
       <c r="X47" s="37"/>
       <c r="Y47" s="38">
-        <f>IF(V47="Add",($F$12+W47)*U47, (IF(V47="Deduct",($F$12-W47)*U47,  (IF(V47="No Charge",$F$12*U47,  (IF(V47="Not Available", "N/A", "")))))))</f>
-        <v>140363</v>
+        <f>IF(V47="Add",($X$18+W47)*U47, (IF(V47="Deduct",($X$18-W47)*U47,  (IF(V47="No Charge",$X$18*U47,  (IF(V47="Not Available", "N/A", "")))))))</f>
+        <v>155889</v>
       </c>
       <c r="Z47" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA47" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="48" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A48" s="32"/>
       <c r="B48" s="63" t="s">
         <v>79</v>
       </c>
       <c r="C48" s="34">
         <v>1</v>
       </c>
       <c r="D48" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="E48" s="36" t="s">
+      <c r="E48" s="167" t="s">
         <v>112</v>
       </c>
       <c r="F48" s="37"/>
       <c r="G48" s="38" t="str">
-        <f>IF(D48="Add",($F$12+E48)*C48, (IF(D48="Deduct",($F$12-E48)*C48,  (IF(D48="No Charge",$F$12*C48,  (IF(D48="Not Available", "N/A", "")))))))</f>
+        <f>IF(D48="Add",($F$18+E48)*C48, (IF(D48="Deduct",($F$18-E48)*C48,  (IF(D48="No Charge",$F$18*C48,  (IF(D48="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H48" s="36" t="s">
         <v>126</v>
       </c>
       <c r="I48" s="39" t="s">
         <v>112</v>
       </c>
       <c r="J48" s="32"/>
       <c r="K48" s="63" t="s">
         <v>79</v>
       </c>
       <c r="L48" s="34">
         <v>1</v>
       </c>
       <c r="M48" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="N48" s="36"/>
+      <c r="N48" s="184"/>
       <c r="O48" s="37"/>
       <c r="P48" s="38" t="str">
-        <f>IF(M48="Add",($F$12+N48)*L48, (IF(M48="Deduct",($F$12-N48)*L48,  (IF(M48="No Charge",$F$12*L48,  (IF(M48="Not Available", "N/A", "")))))))</f>
+        <f>IF(M48="Add",($O$18+N48)*L48, (IF(M48="Deduct",($O$18-N48)*L48,  (IF(M48="No Charge",$O$18*L48,  (IF(M48="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q48" s="107"/>
       <c r="R48" s="110"/>
       <c r="S48" s="32"/>
       <c r="T48" s="63" t="s">
         <v>79</v>
       </c>
       <c r="U48" s="34">
         <v>1</v>
       </c>
       <c r="V48" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W48" s="36">
         <v>490</v>
       </c>
       <c r="X48" s="37"/>
       <c r="Y48" s="38">
-        <f>IF(V48="Add",($F$12+W48)*U48, (IF(V48="Deduct",($F$12-W48)*U48,  (IF(V48="No Charge",$F$12*U48,  (IF(V48="Not Available", "N/A", "")))))))</f>
-        <v>140283</v>
+        <f>IF(V48="Add",($X$18+W48)*U48, (IF(V48="Deduct",($X$18-W48)*U48,  (IF(V48="No Charge",$X$18*U48,  (IF(V48="Not Available", "N/A", "")))))))</f>
+        <v>155809</v>
       </c>
       <c r="Z48" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA48" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="49" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A49" s="42"/>
       <c r="B49" s="64" t="s">
         <v>95</v>
       </c>
       <c r="C49" s="44"/>
       <c r="D49" s="44"/>
       <c r="E49" s="44"/>
       <c r="F49" s="44"/>
       <c r="G49" s="45">
         <f>SUM(G43:G48)</f>
-        <v>724492</v>
+        <v>780530</v>
       </c>
       <c r="H49" s="44"/>
       <c r="I49" s="46"/>
       <c r="J49" s="42"/>
       <c r="K49" s="64" t="s">
         <v>95</v>
       </c>
       <c r="L49" s="44"/>
       <c r="M49" s="44"/>
-      <c r="N49" s="44"/>
+      <c r="N49" s="185"/>
       <c r="O49" s="44"/>
       <c r="P49" s="45">
         <f>SUM(P43:P48)</f>
-        <v>734255</v>
+        <v>779495</v>
       </c>
       <c r="Q49" s="115"/>
       <c r="R49" s="117"/>
       <c r="S49" s="42"/>
       <c r="T49" s="64" t="s">
         <v>95</v>
       </c>
       <c r="U49" s="44"/>
       <c r="V49" s="44"/>
       <c r="W49" s="44"/>
       <c r="X49" s="44"/>
       <c r="Y49" s="45">
         <f>SUM(Y43:Y48)</f>
-        <v>867607</v>
+        <v>936579</v>
       </c>
       <c r="Z49" s="115"/>
       <c r="AA49" s="117"/>
     </row>
     <row r="50" spans="1:27" ht="27.6" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A50" s="25"/>
       <c r="B50" s="62" t="s">
         <v>83</v>
       </c>
       <c r="C50" s="27">
         <v>1</v>
       </c>
       <c r="D50" s="28"/>
       <c r="E50" s="28"/>
       <c r="F50" s="152">
         <v>151489</v>
       </c>
       <c r="G50" s="29">
         <f>C50*F50</f>
         <v>151489</v>
       </c>
       <c r="H50" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I50" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J50" s="25"/>
       <c r="K50" s="62" t="s">
         <v>83</v>
       </c>
       <c r="L50" s="27">
         <v>1</v>
       </c>
       <c r="M50" s="28"/>
-      <c r="N50" s="28"/>
+      <c r="N50" s="183"/>
       <c r="O50" s="159">
-        <v>157672</v>
+        <v>162922</v>
       </c>
       <c r="P50" s="29">
         <f>L50*O50</f>
-        <v>157672</v>
+        <v>162922</v>
       </c>
       <c r="Q50" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R50" s="102" t="s">
         <v>134</v>
       </c>
       <c r="S50" s="25"/>
       <c r="T50" s="62" t="s">
         <v>83</v>
       </c>
       <c r="U50" s="27">
         <v>1</v>
       </c>
       <c r="V50" s="28"/>
       <c r="W50" s="28"/>
       <c r="X50" s="159">
         <v>158673</v>
       </c>
       <c r="Y50" s="29">
         <f>U50*X50</f>
         <v>158673</v>
       </c>
       <c r="Z50" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA50" s="162" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="51" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="32"/>
       <c r="B51" s="63" t="s">
         <v>67</v>
       </c>
       <c r="C51" s="34">
         <v>1</v>
       </c>
       <c r="D51" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E51" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F51" s="37"/>
       <c r="G51" s="38">
         <f>IF(D51="Add",($F$24+E51)*C51, (IF(D51="Deduct",($F$24-E51)*C51,  (IF(D51="No Charge",$F$24*C51,  (IF(D51="Not Available", "N/A", "")))))))</f>
-        <v>152318</v>
+        <v>167884</v>
       </c>
       <c r="H51" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I51" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J51" s="32"/>
       <c r="K51" s="63" t="s">
         <v>67</v>
       </c>
       <c r="L51" s="34">
         <v>1</v>
       </c>
       <c r="M51" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N51" s="36">
+      <c r="N51" s="184">
         <v>8201</v>
       </c>
       <c r="O51" s="37"/>
       <c r="P51" s="38">
-        <f>IF(M51="Add",($F$24+N51)*L51, (IF(M51="Deduct",($F$24-N51)*L51,  (IF(M51="No Charge",$F$24*L51,  (IF(M51="Not Available", "N/A", "")))))))</f>
-        <v>153819</v>
+        <f>IF(M51="Add",($O$24+N51)*L51, (IF(M51="Deduct",($O$24-N51)*L51,  (IF(M51="No Charge",$O$24*L51,  (IF(M51="Not Available", "N/A", "")))))))</f>
+        <v>162996</v>
       </c>
       <c r="Q51" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R51" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S51" s="32"/>
       <c r="T51" s="63" t="s">
         <v>67</v>
       </c>
       <c r="U51" s="34">
         <v>1</v>
       </c>
       <c r="V51" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W51" s="36">
         <v>8621</v>
       </c>
       <c r="X51" s="37"/>
       <c r="Y51" s="38">
-        <f>IF(V51="Add",($F$24+W51)*U51, (IF(V51="Deduct",($F$24-W51)*U51,  (IF(V51="No Charge",$F$24*U51,  (IF(V51="Not Available", "N/A", "")))))))</f>
-        <v>154239</v>
+        <f>IF(V51="Add",($X$24+W51)*U51, (IF(V51="Deduct",($X$24-W51)*U51,  (IF(V51="No Charge",$X$24*U51,  (IF(V51="Not Available", "N/A", "")))))))</f>
+        <v>169003</v>
       </c>
       <c r="Z51" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA51" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A52" s="40">
         <v>15</v>
       </c>
       <c r="B52" s="63" t="s">
         <v>68</v>
       </c>
       <c r="C52" s="34">
         <v>1</v>
       </c>
       <c r="D52" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E52" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F52" s="37"/>
       <c r="G52" s="38">
         <f>IF(D52="Add",($F$24+E52)*C52, (IF(D52="Deduct",($F$24-E52)*C52,  (IF(D52="No Charge",$F$24*C52,  (IF(D52="Not Available", "N/A", "")))))))</f>
-        <v>155192</v>
+        <v>170624</v>
       </c>
       <c r="H52" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I52" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J52" s="40">
         <v>15</v>
       </c>
       <c r="K52" s="63" t="s">
         <v>68</v>
       </c>
       <c r="L52" s="34">
         <v>1</v>
       </c>
       <c r="M52" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N52" s="36">
+      <c r="N52" s="184">
         <v>12229</v>
       </c>
       <c r="O52" s="37"/>
-      <c r="P52" s="38"/>
+      <c r="P52" s="38">
+        <f>IF(M52="Add",($O$24+N52)*L52, (IF(M52="Deduct",($O$24-N52)*L52,  (IF(M52="No Charge",$O$24*L52,  (IF(M52="Not Available", "N/A", "")))))))</f>
+        <v>167024</v>
+      </c>
       <c r="Q52" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R52" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S52" s="40">
         <v>15</v>
       </c>
       <c r="T52" s="63" t="s">
         <v>68</v>
       </c>
       <c r="U52" s="34">
         <v>1</v>
       </c>
       <c r="V52" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W52" s="36">
         <v>12932</v>
       </c>
       <c r="X52" s="37"/>
-      <c r="Y52" s="38"/>
+      <c r="Y52" s="38">
+        <f>IF(V52="Add",($X$24+W52)*U52, (IF(V52="Deduct",($X$24-W52)*U52,  (IF(V52="No Charge",$X$24*U52,  (IF(V52="Not Available", "N/A", "")))))))</f>
+        <v>173314</v>
+      </c>
       <c r="Z52" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA52" s="164" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="53" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A53" s="32"/>
       <c r="B53" s="63" t="s">
         <v>69</v>
       </c>
       <c r="C53" s="34">
         <v>1</v>
       </c>
       <c r="D53" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E53" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F53" s="37"/>
       <c r="G53" s="38">
         <f>IF(D53="Add",($F$24+E53)*C53, (IF(D53="Deduct",($F$24-E53)*C53,  (IF(D53="No Charge",$F$24*C53,  (IF(D53="Not Available", "N/A", "")))))))</f>
-        <v>138118</v>
+        <v>146222</v>
       </c>
       <c r="H53" s="37"/>
       <c r="I53" s="41"/>
       <c r="J53" s="32"/>
       <c r="K53" s="63" t="s">
         <v>69</v>
       </c>
       <c r="L53" s="34">
         <v>1</v>
       </c>
       <c r="M53" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N53" s="36">
+      <c r="N53" s="184">
         <v>6000</v>
       </c>
       <c r="O53" s="37"/>
-      <c r="P53" s="38"/>
+      <c r="P53" s="38">
+        <f>IF(M53="Add",($O$24+N53)*L53, (IF(M53="Deduct",($O$24-N53)*L53,  (IF(M53="No Charge",$O$24*L53,  (IF(M53="Not Available", "N/A", "")))))))</f>
+        <v>148795</v>
+      </c>
       <c r="Q53" s="108"/>
       <c r="R53" s="112"/>
       <c r="S53" s="32"/>
       <c r="T53" s="63" t="s">
         <v>69</v>
       </c>
       <c r="U53" s="34">
         <v>1</v>
       </c>
       <c r="V53" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W53" s="36">
         <v>13500</v>
       </c>
       <c r="X53" s="37"/>
-      <c r="Y53" s="38"/>
+      <c r="Y53" s="38">
+        <f>IF(V53="Add",($X$24+W53)*U53, (IF(V53="Deduct",($X$24-W53)*U53,  (IF(V53="No Charge",$X$24*U53,  (IF(V53="Not Available", "N/A", "")))))))</f>
+        <v>146882</v>
+      </c>
       <c r="Z53" s="108"/>
       <c r="AA53" s="112"/>
     </row>
     <row r="54" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A54" s="32"/>
       <c r="B54" s="63" t="s">
         <v>70</v>
       </c>
       <c r="C54" s="34">
         <v>1</v>
       </c>
       <c r="D54" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E54" s="153">
         <v>550</v>
       </c>
       <c r="F54" s="37"/>
       <c r="G54" s="38">
-        <f>IF(D54="Add",($F$12+E54)*C54, (IF(D54="Deduct",($F$12-E54)*C54,  (IF(D54="No Charge",$F$12*C54,  (IF(D54="Not Available", "N/A", "")))))))</f>
-        <v>140343</v>
+        <f>IF(D54="Add",($F$24+E54)*C54, (IF(D54="Deduct",($F$24-E54)*C54,  (IF(D54="No Charge",$F$24*C54,  (IF(D54="Not Available", "N/A", "")))))))</f>
+        <v>159600</v>
       </c>
       <c r="H54" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I54" s="39" t="s">
         <v>125</v>
       </c>
       <c r="J54" s="32"/>
       <c r="K54" s="63" t="s">
         <v>70</v>
       </c>
       <c r="L54" s="34">
         <v>1</v>
       </c>
       <c r="M54" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N54" s="36">
+      <c r="N54" s="184">
         <v>600</v>
       </c>
       <c r="O54" s="37"/>
       <c r="P54" s="38">
-        <f>IF(M54="Add",($F$12+N54)*L54, (IF(M54="Deduct",($F$12-N54)*L54,  (IF(M54="No Charge",$F$12*L54,  (IF(M54="Not Available", "N/A", "")))))))</f>
-        <v>140393</v>
+        <f>IF(M54="Add",($O$24+N54)*L54, (IF(M54="Deduct",($O$24-N54)*L54,  (IF(M54="No Charge",$O$24*L54,  (IF(M54="Not Available", "N/A", "")))))))</f>
+        <v>155395</v>
       </c>
       <c r="Q54" s="107"/>
       <c r="R54" s="110"/>
       <c r="S54" s="32"/>
       <c r="T54" s="63" t="s">
         <v>70</v>
       </c>
       <c r="U54" s="34">
         <v>1</v>
       </c>
       <c r="V54" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W54" s="36">
         <v>570</v>
       </c>
       <c r="X54" s="37"/>
       <c r="Y54" s="38">
-        <f>IF(V54="Add",($F$12+W54)*U54, (IF(V54="Deduct",($F$12-W54)*U54,  (IF(V54="No Charge",$F$12*U54,  (IF(V54="Not Available", "N/A", "")))))))</f>
-        <v>140363</v>
+        <f>IF(V54="Add",($X$24+W54)*U54, (IF(V54="Deduct",($X$24-W54)*U54,  (IF(V54="No Charge",$X$24*U54,  (IF(V54="Not Available", "N/A", "")))))))</f>
+        <v>160952</v>
       </c>
       <c r="Z54" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA54" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A55" s="32"/>
       <c r="B55" s="63" t="s">
         <v>79</v>
       </c>
       <c r="C55" s="34">
         <v>1</v>
       </c>
       <c r="D55" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="E55" s="36" t="s">
+      <c r="E55" s="167" t="s">
         <v>112</v>
       </c>
       <c r="F55" s="37"/>
       <c r="G55" s="38" t="str">
-        <f>IF(D55="Add",($F$12+E55)*C55, (IF(D55="Deduct",($F$12-E55)*C55,  (IF(D55="No Charge",$F$12*C55,  (IF(D55="Not Available", "N/A", "")))))))</f>
+        <f>IF(D55="Add",($F$24+E55)*C55, (IF(D55="Deduct",($F$24-E55)*C55,  (IF(D55="No Charge",$F$24*C55,  (IF(D55="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="H55" s="36" t="s">
         <v>126</v>
       </c>
       <c r="I55" s="39" t="s">
         <v>112</v>
       </c>
       <c r="J55" s="32"/>
       <c r="K55" s="63" t="s">
         <v>79</v>
       </c>
       <c r="L55" s="34">
         <v>1</v>
       </c>
       <c r="M55" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="N55" s="36"/>
+      <c r="N55" s="184"/>
       <c r="O55" s="37"/>
       <c r="P55" s="38" t="str">
-        <f>IF(M55="Add",($F$12+N55)*L55, (IF(M55="Deduct",($F$12-N55)*L55,  (IF(M55="No Charge",$F$12*L55,  (IF(M55="Not Available", "N/A", "")))))))</f>
+        <f>IF(M55="Add",($O$24+N55)*L55, (IF(M55="Deduct",($O$24-N55)*L55,  (IF(M55="No Charge",$O$24*L55,  (IF(M55="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q55" s="107"/>
       <c r="R55" s="110"/>
       <c r="S55" s="32"/>
       <c r="T55" s="63" t="s">
         <v>79</v>
       </c>
       <c r="U55" s="34">
         <v>1</v>
       </c>
       <c r="V55" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W55" s="36">
         <v>640</v>
       </c>
       <c r="X55" s="37"/>
       <c r="Y55" s="38">
-        <f>IF(V55="Add",($F$12+W55)*U55, (IF(V55="Deduct",($F$12-W55)*U55,  (IF(V55="No Charge",$F$12*U55,  (IF(V55="Not Available", "N/A", "")))))))</f>
-        <v>140433</v>
+        <f>IF(V55="Add",($X$24+W55)*U55, (IF(V55="Deduct",($X$24-W55)*U55,  (IF(V55="No Charge",$X$24*U55,  (IF(V55="Not Available", "N/A", "")))))))</f>
+        <v>161022</v>
       </c>
       <c r="Z55" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA55" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="56" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A56" s="42"/>
       <c r="B56" s="64" t="s">
         <v>96</v>
       </c>
       <c r="C56" s="44"/>
       <c r="D56" s="44"/>
       <c r="E56" s="44"/>
       <c r="F56" s="44"/>
       <c r="G56" s="45">
         <f>SUM(G50:G55)</f>
-        <v>737460</v>
+        <v>795819</v>
       </c>
       <c r="H56" s="44"/>
       <c r="I56" s="46"/>
       <c r="J56" s="42"/>
       <c r="K56" s="64" t="s">
         <v>96</v>
       </c>
       <c r="L56" s="44"/>
       <c r="M56" s="44"/>
-      <c r="N56" s="44"/>
+      <c r="N56" s="185"/>
       <c r="O56" s="44"/>
       <c r="P56" s="45">
         <f>SUM(P50:P55)</f>
-        <v>451884</v>
+        <v>797132</v>
       </c>
       <c r="Q56" s="115"/>
       <c r="R56" s="117"/>
       <c r="S56" s="42"/>
       <c r="T56" s="64" t="s">
         <v>96</v>
       </c>
       <c r="U56" s="44"/>
       <c r="V56" s="44"/>
       <c r="W56" s="44"/>
       <c r="X56" s="44"/>
       <c r="Y56" s="45">
         <f>SUM(Y50:Y55)</f>
-        <v>593708</v>
+        <v>969846</v>
       </c>
       <c r="Z56" s="115"/>
       <c r="AA56" s="117"/>
     </row>
     <row r="57" spans="1:27" ht="27.6" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A57" s="25"/>
       <c r="B57" s="62" t="s">
         <v>97</v>
       </c>
       <c r="C57" s="27">
         <v>10</v>
       </c>
       <c r="D57" s="28"/>
       <c r="E57" s="28"/>
       <c r="F57" s="152">
-        <v>153213</v>
+        <v>163950</v>
       </c>
       <c r="G57" s="29">
         <f>C57*F57</f>
-        <v>1532130</v>
+        <v>1639500</v>
       </c>
       <c r="H57" s="30" t="s">
         <v>117</v>
       </c>
       <c r="I57" s="31" t="s">
         <v>118</v>
       </c>
       <c r="J57" s="25"/>
       <c r="K57" s="62" t="s">
         <v>97</v>
       </c>
       <c r="L57" s="27">
         <v>10</v>
       </c>
       <c r="M57" s="28"/>
-      <c r="N57" s="28"/>
+      <c r="N57" s="183"/>
       <c r="O57" s="159">
-        <v>162345</v>
+        <v>167595</v>
       </c>
       <c r="P57" s="29">
         <f>L57*O57</f>
-        <v>1623450</v>
+        <v>1675950</v>
       </c>
       <c r="Q57" s="101" t="s">
         <v>130</v>
       </c>
       <c r="R57" s="102" t="s">
         <v>135</v>
       </c>
       <c r="S57" s="25"/>
       <c r="T57" s="62" t="s">
         <v>97</v>
       </c>
       <c r="U57" s="27">
         <v>10</v>
       </c>
       <c r="V57" s="28"/>
       <c r="W57" s="28"/>
       <c r="X57" s="159">
         <v>160610</v>
       </c>
       <c r="Y57" s="29">
         <f>U57*X57</f>
         <v>1606100</v>
       </c>
       <c r="Z57" s="161" t="s">
         <v>138</v>
       </c>
       <c r="AA57" s="162" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A58" s="32"/>
       <c r="B58" s="63" t="s">
         <v>67</v>
       </c>
       <c r="C58" s="34">
         <v>1</v>
       </c>
       <c r="D58" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E58" s="153">
-        <v>6700</v>
+        <v>8834</v>
       </c>
       <c r="F58" s="37"/>
       <c r="G58" s="38">
         <f>IF(D58="Add",($F$30+E58)*C58, (IF(D58="Deduct",($F$30-E58)*C58,  (IF(D58="No Charge",$F$30*C58,  (IF(D58="Not Available", "N/A", "")))))))</f>
-        <v>153434</v>
+        <v>169784</v>
       </c>
       <c r="H58" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I58" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J58" s="32"/>
       <c r="K58" s="63" t="s">
         <v>67</v>
       </c>
       <c r="L58" s="34">
         <v>1</v>
       </c>
       <c r="M58" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N58" s="36">
+      <c r="N58" s="184">
         <v>9200</v>
       </c>
       <c r="O58" s="37"/>
       <c r="P58" s="38">
-        <f>IF(M58="Add",($F$30+N58)*L58, (IF(M58="Deduct",($F$30-N58)*L58,  (IF(M58="No Charge",$F$30*L58,  (IF(M58="Not Available", "N/A", "")))))))</f>
-        <v>155934</v>
+        <f>IF(M58="Add",($O$30+N58)*L58, (IF(M58="Deduct",($O$30-N58)*L58,  (IF(M58="No Charge",$O$30*L58,  (IF(M58="Not Available", "N/A", "")))))))</f>
+        <v>165945</v>
       </c>
       <c r="Q58" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R58" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S58" s="32"/>
       <c r="T58" s="63" t="s">
         <v>67</v>
       </c>
       <c r="U58" s="34">
         <v>1</v>
       </c>
       <c r="V58" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W58" s="36">
         <v>9671</v>
       </c>
       <c r="X58" s="37"/>
       <c r="Y58" s="38">
-        <f>IF(V58="Add",($F$30+W58)*U58, (IF(V58="Deduct",($F$30-W58)*U58,  (IF(V58="No Charge",$F$30*U58,  (IF(V58="Not Available", "N/A", "")))))))</f>
-        <v>156405</v>
+        <f>IF(V58="Add",($X$30+W58)*U58, (IF(V58="Deduct",($X$30-W58)*U58,  (IF(V58="No Charge",$X$30*U58,  (IF(V58="Not Available", "N/A", "")))))))</f>
+        <v>171126</v>
       </c>
       <c r="Z58" s="163" t="s">
         <v>119</v>
       </c>
       <c r="AA58" s="164" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="59" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A59" s="40">
         <v>16</v>
       </c>
       <c r="B59" s="63" t="s">
         <v>68</v>
       </c>
       <c r="C59" s="34">
         <v>1</v>
       </c>
       <c r="D59" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E59" s="153">
-        <v>9574</v>
+        <v>11574</v>
       </c>
       <c r="F59" s="37"/>
       <c r="G59" s="38">
-        <f>IF(D59="Add",($F$30+E59)*C59, (IF(D59="Deduct",($F$30-E59)*C59,  (IF(D59="No Charge",$F$30*C59,  (IF(D59="Not Available", "N/A", "")))))))</f>
-        <v>156308</v>
+        <f t="shared" ref="G59:G62" si="0">IF(D59="Add",($F$30+E59)*C59, (IF(D59="Deduct",($F$30-E59)*C59,  (IF(D59="No Charge",$F$30*C59,  (IF(D59="Not Available", "N/A", "")))))))</f>
+        <v>172524</v>
       </c>
       <c r="H59" s="36" t="s">
         <v>119</v>
       </c>
       <c r="I59" s="39" t="s">
         <v>120</v>
       </c>
       <c r="J59" s="40">
         <v>16</v>
       </c>
       <c r="K59" s="63" t="s">
         <v>68</v>
       </c>
       <c r="L59" s="34">
         <v>1</v>
       </c>
       <c r="M59" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N59" s="36">
+      <c r="N59" s="184">
         <v>12811</v>
       </c>
       <c r="O59" s="37"/>
       <c r="P59" s="38">
-        <f>IF(M59="Add",($F$30+N59)*L59, (IF(M59="Deduct",($F$30-N59)*L59,  (IF(M59="No Charge",$F$30*L59,  (IF(M59="Not Available", "N/A", "")))))))</f>
-        <v>159545</v>
+        <f>IF(M59="Add",($O$30+N59)*L59, (IF(M59="Deduct",($O$30-N59)*L59,  (IF(M59="No Charge",$O$30*L59,  (IF(M59="Not Available", "N/A", "")))))))</f>
+        <v>169556</v>
       </c>
       <c r="Q59" s="107" t="s">
         <v>119</v>
       </c>
       <c r="R59" s="110" t="s">
         <v>132</v>
       </c>
       <c r="S59" s="40">
         <v>16</v>
       </c>
       <c r="T59" s="63" t="s">
         <v>68</v>
       </c>
       <c r="U59" s="34">
         <v>1</v>
       </c>
       <c r="V59" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W59" s="36">
         <v>14305</v>
       </c>
       <c r="X59" s="37"/>
       <c r="Y59" s="38">
-        <f>IF(V59="Add",($F$30+W59)*U59, (IF(V59="Deduct",($F$30-W59)*U59,  (IF(V59="No Charge",$F$30*U59,  (IF(V59="Not Available", "N/A", "")))))))</f>
-        <v>161039</v>
+        <f>IF(V59="Add",($X$30+W59)*U59, (IF(V59="Deduct",($X$30-W59)*U59,  (IF(V59="No Charge",$X$30*U59,  (IF(V59="Not Available", "N/A", "")))))))</f>
+        <v>175760</v>
       </c>
       <c r="Z59" s="163" t="s">
         <v>141</v>
       </c>
       <c r="AA59" s="164" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A60" s="32"/>
       <c r="B60" s="63" t="s">
         <v>69</v>
       </c>
       <c r="C60" s="34">
         <v>1</v>
       </c>
       <c r="D60" s="35" t="s">
         <v>116</v>
       </c>
       <c r="E60" s="153">
-        <v>7500</v>
+        <v>12828</v>
       </c>
       <c r="F60" s="37"/>
       <c r="G60" s="38">
-        <f>IF(D60="Add",($F$30+E60)*C60, (IF(D60="Deduct",($F$30-E60)*C60,  (IF(D60="No Charge",$F$30*C60,  (IF(D60="Not Available", "N/A", "")))))))</f>
-        <v>139234</v>
+        <f t="shared" si="0"/>
+        <v>148122</v>
       </c>
       <c r="H60" s="37"/>
       <c r="I60" s="41"/>
       <c r="J60" s="32"/>
       <c r="K60" s="63" t="s">
         <v>69</v>
       </c>
       <c r="L60" s="34">
         <v>1</v>
       </c>
       <c r="M60" s="35" t="s">
         <v>116</v>
       </c>
-      <c r="N60" s="36">
+      <c r="N60" s="184">
         <v>6000</v>
       </c>
       <c r="O60" s="37"/>
       <c r="P60" s="38">
-        <f>IF(M60="Add",($F$30+N60)*L60, (IF(M60="Deduct",($F$30-N60)*L60,  (IF(M60="No Charge",$F$30*L60,  (IF(M60="Not Available", "N/A", "")))))))</f>
-        <v>140734</v>
+        <f>IF(M60="Add",($O$30+N60)*L60, (IF(M60="Deduct",($O$30-N60)*L60,  (IF(M60="No Charge",$O$30*L60,  (IF(M60="Not Available", "N/A", "")))))))</f>
+        <v>150745</v>
       </c>
       <c r="Q60" s="108"/>
       <c r="R60" s="112"/>
       <c r="S60" s="32"/>
       <c r="T60" s="63" t="s">
         <v>69</v>
       </c>
       <c r="U60" s="34">
         <v>1</v>
       </c>
       <c r="V60" s="35" t="s">
         <v>116</v>
       </c>
       <c r="W60" s="36">
         <v>13500</v>
       </c>
       <c r="X60" s="37"/>
       <c r="Y60" s="38">
-        <f>IF(V60="Add",($F$30+W60)*U60, (IF(V60="Deduct",($F$30-W60)*U60,  (IF(V60="No Charge",$F$30*U60,  (IF(V60="Not Available", "N/A", "")))))))</f>
-        <v>133234</v>
+        <f>IF(V60="Add",($X$30+W60)*U60, (IF(V60="Deduct",($X$30-W60)*U60,  (IF(V60="No Charge",$X$30*U60,  (IF(V60="Not Available", "N/A", "")))))))</f>
+        <v>147955</v>
       </c>
       <c r="Z60" s="108"/>
       <c r="AA60" s="112"/>
     </row>
     <row r="61" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A61" s="32"/>
       <c r="B61" s="63" t="s">
         <v>70</v>
       </c>
       <c r="C61" s="34">
         <v>1</v>
       </c>
       <c r="D61" s="35" t="s">
         <v>114</v>
       </c>
       <c r="E61" s="153">
         <v>550</v>
       </c>
       <c r="F61" s="37"/>
       <c r="G61" s="38">
-        <f>IF(D61="Add",($F$12+E61)*C61, (IF(D61="Deduct",($F$12-E61)*C61,  (IF(D61="No Charge",$F$12*C61,  (IF(D61="Not Available", "N/A", "")))))))</f>
-        <v>140343</v>
+        <f t="shared" si="0"/>
+        <v>161500</v>
       </c>
       <c r="H61" s="36" t="s">
         <v>121</v>
       </c>
       <c r="I61" s="39" t="s">
         <v>125</v>
       </c>
       <c r="J61" s="32"/>
       <c r="K61" s="63" t="s">
         <v>70</v>
       </c>
       <c r="L61" s="34">
         <v>1</v>
       </c>
       <c r="M61" s="35" t="s">
         <v>114</v>
       </c>
-      <c r="N61" s="36">
+      <c r="N61" s="184">
         <v>600</v>
       </c>
       <c r="O61" s="37"/>
       <c r="P61" s="38">
-        <f>IF(M61="Add",($F$12+N61)*L61, (IF(M61="Deduct",($F$12-N61)*L61,  (IF(M61="No Charge",$F$12*L61,  (IF(M61="Not Available", "N/A", "")))))))</f>
-        <v>140393</v>
+        <f>IF(M61="Add",($O$30+N61)*L61, (IF(M61="Deduct",($O$30-N61)*L61,  (IF(M61="No Charge",$O$30*L61,  (IF(M61="Not Available", "N/A", "")))))))</f>
+        <v>157345</v>
       </c>
       <c r="Q61" s="107"/>
       <c r="R61" s="110"/>
       <c r="S61" s="32"/>
       <c r="T61" s="63" t="s">
         <v>70</v>
       </c>
       <c r="U61" s="34">
         <v>1</v>
       </c>
       <c r="V61" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W61" s="36">
         <v>570</v>
       </c>
       <c r="X61" s="37"/>
       <c r="Y61" s="38">
-        <f>IF(V61="Add",($F$12+W61)*U61, (IF(V61="Deduct",($F$12-W61)*U61,  (IF(V61="No Charge",$F$12*U61,  (IF(V61="Not Available", "N/A", "")))))))</f>
-        <v>140363</v>
+        <f>IF(V61="Add",($X$30+W61)*U61, (IF(V61="Deduct",($X$30-W61)*U61,  (IF(V61="No Charge",$X$30*U61,  (IF(V61="Not Available", "N/A", "")))))))</f>
+        <v>162025</v>
       </c>
       <c r="Z61" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA61" s="110" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="62" spans="1:27" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A62" s="32"/>
       <c r="B62" s="63" t="s">
         <v>79</v>
       </c>
       <c r="C62" s="34">
         <v>1</v>
       </c>
       <c r="D62" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="E62" s="36" t="s">
+      <c r="E62" s="167" t="s">
         <v>112</v>
       </c>
       <c r="F62" s="37"/>
       <c r="G62" s="38" t="str">
-        <f>IF(D62="Add",($F$12+E62)*C62, (IF(D62="Deduct",($F$12-E62)*C62,  (IF(D62="No Charge",$F$12*C62,  (IF(D62="Not Available", "N/A", "")))))))</f>
+        <f t="shared" si="0"/>
         <v>N/A</v>
       </c>
       <c r="H62" s="36" t="s">
         <v>126</v>
       </c>
       <c r="I62" s="39" t="s">
         <v>112</v>
       </c>
       <c r="J62" s="32"/>
       <c r="K62" s="63" t="s">
         <v>79</v>
       </c>
       <c r="L62" s="34">
         <v>1</v>
       </c>
       <c r="M62" s="35" t="s">
         <v>113</v>
       </c>
-      <c r="N62" s="36"/>
+      <c r="N62" s="184"/>
       <c r="O62" s="37"/>
       <c r="P62" s="38" t="str">
-        <f>IF(M62="Add",($F$12+N62)*L62, (IF(M62="Deduct",($F$12-N62)*L62,  (IF(M62="No Charge",$F$12*L62,  (IF(M62="Not Available", "N/A", "")))))))</f>
+        <f>IF(M62="Add",($O$30+N62)*L62, (IF(M62="Deduct",($O$30-N62)*L62,  (IF(M62="No Charge",$O$30*L62,  (IF(M62="Not Available", "N/A", "")))))))</f>
         <v>N/A</v>
       </c>
       <c r="Q62" s="107"/>
       <c r="R62" s="110"/>
       <c r="S62" s="32"/>
       <c r="T62" s="63" t="s">
         <v>79</v>
       </c>
       <c r="U62" s="34">
         <v>1</v>
       </c>
       <c r="V62" s="35" t="s">
         <v>114</v>
       </c>
       <c r="W62" s="36">
         <v>689</v>
       </c>
       <c r="X62" s="37"/>
       <c r="Y62" s="38">
-        <f>IF(V62="Add",($F$12+W62)*U62, (IF(V62="Deduct",($F$12-W62)*U62,  (IF(V62="No Charge",$F$12*U62,  (IF(V62="Not Available", "N/A", "")))))))</f>
-        <v>140482</v>
+        <f>IF(V62="Add",($X$30+W62)*U62, (IF(V62="Deduct",($X$30-W62)*U62,  (IF(V62="No Charge",$X$30*U62,  (IF(V62="Not Available", "N/A", "")))))))</f>
+        <v>162144</v>
       </c>
       <c r="Z62" s="107" t="s">
         <v>143</v>
       </c>
       <c r="AA62" s="110" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="63" spans="1:27" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A63" s="42"/>
       <c r="B63" s="43" t="s">
         <v>98</v>
       </c>
       <c r="C63" s="44"/>
       <c r="D63" s="44"/>
       <c r="E63" s="44"/>
       <c r="F63" s="49"/>
       <c r="G63" s="50">
         <f>SUM(G57:G62)</f>
-        <v>2121449</v>
+        <v>2291430</v>
       </c>
       <c r="H63" s="44"/>
       <c r="I63" s="46"/>
       <c r="J63" s="42"/>
       <c r="K63" s="43" t="s">
         <v>98</v>
       </c>
       <c r="L63" s="44"/>
       <c r="M63" s="44"/>
-      <c r="N63" s="44"/>
+      <c r="N63" s="185"/>
       <c r="O63" s="49"/>
       <c r="P63" s="50">
         <f>SUM(P57:P62)</f>
-        <v>2220056</v>
+        <v>2319541</v>
       </c>
       <c r="Q63" s="44"/>
       <c r="R63" s="46"/>
       <c r="S63" s="42"/>
       <c r="T63" s="43" t="s">
         <v>98</v>
       </c>
       <c r="U63" s="44"/>
       <c r="V63" s="44"/>
       <c r="W63" s="44"/>
       <c r="X63" s="49"/>
       <c r="Y63" s="50">
         <f>SUM(Y57:Y62)</f>
-        <v>2337623</v>
+        <v>2425110</v>
       </c>
       <c r="Z63" s="44"/>
       <c r="AA63" s="46"/>
     </row>
     <row r="64" spans="1:27" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A64" s="51"/>
       <c r="B64" s="52"/>
       <c r="C64" s="51"/>
       <c r="D64" s="51"/>
       <c r="E64" s="51"/>
       <c r="F64" s="137" t="s">
         <v>99</v>
       </c>
       <c r="G64" s="138">
         <f>(G17+G23+G29+G35+G42+G49+G56+G63)</f>
-        <v>26608147</v>
+        <v>29058373</v>
       </c>
       <c r="H64" s="51"/>
       <c r="I64" s="51"/>
       <c r="J64" s="51"/>
       <c r="K64" s="52"/>
       <c r="L64" s="51"/>
       <c r="M64" s="51"/>
-      <c r="N64" s="51"/>
+      <c r="N64" s="186"/>
       <c r="O64" s="137" t="s">
         <v>99</v>
       </c>
       <c r="P64" s="138">
         <f>(P17+P23+P29+P35+P42+P49+P56+P63)</f>
-        <v>26785604</v>
+        <v>28204680</v>
       </c>
       <c r="Q64" s="51"/>
       <c r="R64" s="51"/>
       <c r="S64" s="51"/>
       <c r="T64" s="52"/>
       <c r="U64" s="51"/>
       <c r="V64" s="51"/>
       <c r="W64" s="51"/>
       <c r="X64" s="137" t="s">
         <v>99</v>
       </c>
       <c r="Y64" s="138">
         <f>(Y17+Y23+Y29+Y35+Y42+Y49+Y56+Y63)</f>
-        <v>28847927</v>
+        <v>29804102</v>
       </c>
       <c r="Z64" s="51"/>
       <c r="AA64" s="51"/>
     </row>
   </sheetData>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="LIST SELECT" prompt="Select from the drop down list the action to be taken with the amount you provide." sqref="D13:D16 D19:D22 D25:D28 D31:D34 D37:D41 D44:D48 D51:D55 D58:D62 M13:M16 M19:M22 M25:M28 M31:M34 M37:M41 M44:M48 M51:M55 M58:M62 V13:V16 V19:V22 V25:V28 V31:V34 V37:V41 V44:V48 V51:V55 V58:V62" xr:uid="{909A08C8-F5D8-4CB7-8761-AFAED44EE2FD}">
       <formula1>"ADD, DEDUCT, NO CHARGE, NOT AVAILABLE"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <legacyDrawing r:id="rId1"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{104C4BB4-BCBA-4F9F-A0B8-49634EAD2C22}">
-  <dimension ref="A1:Q64"/>
+  <dimension ref="A1:L44"/>
   <sheetViews>
-    <sheetView topLeftCell="F12" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="6.33203125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="63.88671875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="74.109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="16.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.44140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="44.33203125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="76.6640625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="15.109375" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="17" max="17" width="22.6640625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="16.33203125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="13.44140625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="26.33203125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="74.109375" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="12.109375" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="13.44140625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="9.5546875" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="13" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="15.88671875" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="18.44140625" bestFit="1" customWidth="1"/>
+    <col min="17" max="17" width="23.88671875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="15.6" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:12" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="139" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="13"/>
       <c r="D1" s="14"/>
     </row>
-    <row r="2" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="17"/>
     </row>
-    <row r="3" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A3" s="18" t="s">
         <v>105</v>
       </c>
       <c r="B3" s="19"/>
       <c r="C3" s="19"/>
       <c r="D3" s="17"/>
     </row>
-    <row r="4" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A4" s="15"/>
       <c r="B4" s="16"/>
       <c r="C4" s="16"/>
       <c r="D4" s="17"/>
     </row>
-    <row r="5" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A5" s="15"/>
       <c r="B5" s="16"/>
       <c r="C5" s="16"/>
       <c r="D5" s="17"/>
     </row>
-    <row r="6" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A6" s="140" t="s">
         <v>2</v>
       </c>
       <c r="B6" s="16"/>
       <c r="C6" s="16"/>
       <c r="D6" s="17"/>
     </row>
-    <row r="7" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A7" s="15"/>
       <c r="B7" s="16"/>
       <c r="C7" s="16"/>
       <c r="D7" s="17"/>
     </row>
-    <row r="8" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A8" s="15" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="53" t="s">
         <v>111</v>
       </c>
       <c r="C8" s="16"/>
       <c r="D8" s="17"/>
     </row>
-    <row r="9" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A9" s="15"/>
       <c r="B9" s="16"/>
       <c r="C9" s="16"/>
       <c r="D9" s="17"/>
       <c r="E9" s="158" t="s">
         <v>136</v>
       </c>
       <c r="F9" s="158"/>
       <c r="I9" s="158" t="s">
         <v>153</v>
       </c>
       <c r="J9" s="158"/>
     </row>
-    <row r="10" spans="1:17" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A10" s="22"/>
       <c r="B10" s="23"/>
       <c r="C10" s="23"/>
       <c r="D10" s="24"/>
     </row>
-    <row r="11" spans="1:17" ht="69.599999999999994" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:12" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="141" t="s">
         <v>4</v>
       </c>
       <c r="B11" s="142" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="143" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="144" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="141" t="s">
         <v>4</v>
       </c>
       <c r="F11" s="142" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="143" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="144" t="s">
         <v>35</v>
       </c>
       <c r="I11" s="141" t="s">
         <v>4</v>
       </c>
       <c r="J11" s="142" t="s">
         <v>6</v>
       </c>
       <c r="K11" s="143" t="s">
         <v>34</v>
       </c>
       <c r="L11" s="144" t="s">
         <v>35</v>
       </c>
-      <c r="M11" s="127" t="s">
-[...15 lines deleted...]
-    <row r="12" spans="1:17" ht="100.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="12" spans="1:12" ht="100.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A12" s="54">
         <v>9</v>
       </c>
       <c r="B12" s="55" t="s">
         <v>100</v>
       </c>
       <c r="C12" s="56" t="s">
         <v>113</v>
       </c>
       <c r="D12" s="57" t="s">
         <v>112</v>
       </c>
       <c r="E12" s="54">
         <v>9</v>
       </c>
       <c r="F12" s="55" t="s">
         <v>100</v>
       </c>
       <c r="G12" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H12" s="57">
         <v>14984</v>
       </c>
       <c r="I12" s="54">
         <v>9</v>
       </c>
       <c r="J12" s="55" t="s">
         <v>100</v>
       </c>
       <c r="K12" s="56" t="s">
         <v>113</v>
       </c>
       <c r="L12" s="57">
         <v>0</v>
       </c>
-      <c r="M12" s="98"/>
-[...14 lines deleted...]
-    <row r="13" spans="1:17" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="13" spans="1:12" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A13" s="54">
         <v>10</v>
       </c>
       <c r="B13" s="55" t="s">
         <v>101</v>
       </c>
       <c r="C13" s="56" t="s">
         <v>113</v>
       </c>
       <c r="D13" s="57" t="s">
         <v>112</v>
       </c>
       <c r="E13" s="54">
         <v>10</v>
       </c>
       <c r="F13" s="55" t="s">
         <v>101</v>
       </c>
       <c r="G13" s="56" t="s">
         <v>113</v>
       </c>
       <c r="H13" s="57"/>
       <c r="I13" s="54">
         <v>10</v>
       </c>
       <c r="J13" s="55" t="s">
         <v>101</v>
       </c>
       <c r="K13" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L13" s="57">
         <v>0</v>
       </c>
-      <c r="M13" s="107">
-[...14 lines deleted...]
-    <row r="14" spans="1:17" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="14" spans="1:12" ht="33.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" s="54">
         <v>11</v>
       </c>
       <c r="B14" s="55" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D14" s="57">
-        <v>2682</v>
+        <v>2982</v>
       </c>
       <c r="E14" s="54">
         <v>11</v>
       </c>
       <c r="F14" s="55" t="s">
         <v>7</v>
       </c>
       <c r="G14" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H14" s="57">
         <v>3097</v>
       </c>
       <c r="I14" s="54">
         <v>11</v>
       </c>
       <c r="J14" s="55" t="s">
         <v>7</v>
       </c>
       <c r="K14" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L14" s="57">
         <v>2913</v>
       </c>
-      <c r="M14" s="107">
-[...14 lines deleted...]
-    <row r="15" spans="1:17" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="15" spans="1:12" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" s="54">
         <v>12</v>
       </c>
       <c r="B15" s="55" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D15" s="57">
-        <v>2429</v>
+        <v>2780</v>
       </c>
       <c r="E15" s="54">
         <v>12</v>
       </c>
       <c r="F15" s="55" t="s">
         <v>8</v>
       </c>
       <c r="G15" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H15" s="57">
         <v>2993</v>
       </c>
       <c r="I15" s="54">
         <v>12</v>
       </c>
       <c r="J15" s="55" t="s">
         <v>8</v>
       </c>
       <c r="K15" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L15" s="57">
         <v>2769</v>
       </c>
-      <c r="M15" s="107">
-[...10 lines deleted...]
-    <row r="16" spans="1:17" ht="31.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="16" spans="1:12" ht="31.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" s="54">
         <v>13</v>
       </c>
       <c r="B16" s="55" t="s">
         <v>9</v>
       </c>
       <c r="C16" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D16" s="57">
-        <v>2368</v>
+        <v>2660</v>
       </c>
       <c r="E16" s="54">
         <v>13</v>
       </c>
       <c r="F16" s="55" t="s">
         <v>9</v>
       </c>
       <c r="G16" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H16" s="57">
         <v>2694</v>
       </c>
       <c r="I16" s="54">
         <v>13</v>
       </c>
       <c r="J16" s="55" t="s">
         <v>9</v>
       </c>
       <c r="K16" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L16" s="57">
         <v>2545</v>
       </c>
-      <c r="M16" s="107">
-[...14 lines deleted...]
-    <row r="17" spans="1:17" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="17" spans="1:12" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" s="54">
         <v>14</v>
       </c>
       <c r="B17" s="55" t="s">
         <v>10</v>
       </c>
       <c r="C17" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D17" s="57">
-        <v>2342</v>
+        <v>2540</v>
       </c>
       <c r="E17" s="54">
         <v>14</v>
       </c>
       <c r="F17" s="55" t="s">
         <v>10</v>
       </c>
       <c r="G17" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H17" s="57">
-        <v>2244</v>
+        <v>2369</v>
       </c>
       <c r="I17" s="54">
         <v>14</v>
       </c>
       <c r="J17" s="55" t="s">
         <v>10</v>
       </c>
       <c r="K17" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L17" s="57">
         <v>2464</v>
       </c>
-      <c r="M17" s="115"/>
-[...8 lines deleted...]
-    <row r="18" spans="1:17" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="18" spans="1:12" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" s="54">
         <v>15</v>
       </c>
       <c r="B18" s="55" t="s">
         <v>11</v>
       </c>
       <c r="C18" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D18" s="57">
-        <v>1887</v>
+        <v>2087</v>
       </c>
       <c r="E18" s="160">
         <v>15</v>
       </c>
       <c r="F18" s="55" t="s">
         <v>11</v>
       </c>
       <c r="G18" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H18" s="57">
-        <v>1497</v>
+        <v>1997</v>
       </c>
       <c r="I18" s="54">
         <v>15</v>
       </c>
       <c r="J18" s="55" t="s">
         <v>11</v>
       </c>
       <c r="K18" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L18" s="57">
         <v>1969</v>
       </c>
-      <c r="M18" s="98"/>
-[...14 lines deleted...]
-    <row r="19" spans="1:17" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="19" spans="1:12" ht="34.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="54">
         <v>16</v>
       </c>
       <c r="B19" s="55" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D19" s="57">
-        <v>1951</v>
+        <v>2151</v>
       </c>
       <c r="E19" s="54">
         <v>16</v>
       </c>
       <c r="F19" s="55" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H19" s="57">
         <v>2157</v>
       </c>
       <c r="I19" s="54">
         <v>16</v>
       </c>
       <c r="J19" s="55" t="s">
         <v>12</v>
       </c>
       <c r="K19" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L19" s="57">
         <v>2147</v>
       </c>
-      <c r="M19" s="107">
-[...14 lines deleted...]
-    <row r="20" spans="1:17" ht="49.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="20" spans="1:12" ht="49.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A20" s="54">
         <v>17</v>
       </c>
       <c r="B20" s="59" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D20" s="57">
-        <v>1287</v>
+        <v>1327</v>
       </c>
       <c r="E20" s="54">
         <v>17</v>
       </c>
       <c r="F20" s="59" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H20" s="57">
-        <v>1079</v>
+        <v>1179</v>
       </c>
       <c r="I20" s="54">
         <v>17</v>
       </c>
       <c r="J20" s="59" t="s">
         <v>13</v>
       </c>
       <c r="K20" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L20" s="57">
         <v>1156</v>
       </c>
-      <c r="M20" s="107">
-[...14 lines deleted...]
-    <row r="21" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="21" spans="1:12" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="54">
         <v>18</v>
       </c>
       <c r="B21" s="55" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D21" s="57">
         <v>1650</v>
       </c>
       <c r="E21" s="54">
         <v>18</v>
       </c>
       <c r="F21" s="55" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H21" s="57">
         <v>1475</v>
       </c>
       <c r="I21" s="54">
         <v>18</v>
       </c>
       <c r="J21" s="55" t="s">
         <v>14</v>
       </c>
       <c r="K21" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L21" s="57">
         <v>1351</v>
       </c>
-      <c r="M21" s="107">
-[...10 lines deleted...]
-    <row r="22" spans="1:17" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="22" spans="1:12" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A22" s="54">
         <v>20</v>
       </c>
       <c r="B22" s="55" t="s">
         <v>15</v>
       </c>
       <c r="C22" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D22" s="57">
         <v>2456</v>
       </c>
       <c r="E22" s="54">
         <v>20</v>
       </c>
       <c r="F22" s="55" t="s">
         <v>15</v>
       </c>
       <c r="G22" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H22" s="57">
         <v>2395</v>
       </c>
       <c r="I22" s="54">
         <v>20</v>
       </c>
       <c r="J22" s="55" t="s">
         <v>15</v>
       </c>
       <c r="K22" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L22" s="57">
         <v>1800</v>
       </c>
-      <c r="M22" s="107">
-[...14 lines deleted...]
-    <row r="23" spans="1:17" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="23" spans="1:12" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="54">
         <v>21</v>
       </c>
       <c r="B23" s="55" t="s">
         <v>16</v>
       </c>
       <c r="C23" s="56" t="s">
         <v>113</v>
       </c>
       <c r="D23" s="57" t="s">
         <v>112</v>
       </c>
       <c r="E23" s="54">
         <v>21</v>
       </c>
       <c r="F23" s="55" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="56" t="s">
         <v>113</v>
       </c>
       <c r="H23" s="57"/>
       <c r="I23" s="54">
         <v>21</v>
       </c>
       <c r="J23" s="55" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="56" t="s">
         <v>113</v>
       </c>
       <c r="L23" s="57">
         <v>0</v>
       </c>
-      <c r="M23" s="115"/>
-[...8 lines deleted...]
-    <row r="24" spans="1:17" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="24" spans="1:12" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="54">
         <v>22</v>
       </c>
       <c r="B24" s="55" t="s">
         <v>17</v>
       </c>
       <c r="C24" s="56" t="s">
         <v>115</v>
       </c>
       <c r="D24" s="57">
         <v>0</v>
       </c>
       <c r="E24" s="54">
         <v>22</v>
       </c>
       <c r="F24" s="55" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H24" s="57">
         <v>299</v>
       </c>
       <c r="I24" s="54">
         <v>22</v>
       </c>
       <c r="J24" s="55" t="s">
         <v>17</v>
       </c>
       <c r="K24" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L24" s="57">
         <v>0</v>
       </c>
-      <c r="M24" s="98"/>
-[...14 lines deleted...]
-    <row r="25" spans="1:17" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="25" spans="1:12" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="54">
         <v>23</v>
       </c>
       <c r="B25" s="55" t="s">
         <v>18</v>
       </c>
       <c r="C25" s="56" t="s">
         <v>115</v>
       </c>
       <c r="D25" s="57"/>
       <c r="E25" s="54">
         <v>23</v>
       </c>
       <c r="F25" s="55" t="s">
         <v>18</v>
       </c>
       <c r="G25" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H25" s="57">
         <v>299</v>
       </c>
       <c r="I25" s="54">
         <v>23</v>
       </c>
       <c r="J25" s="55" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L25" s="57">
         <v>0</v>
       </c>
-      <c r="M25" s="107">
-[...14 lines deleted...]
-    <row r="26" spans="1:17" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="26" spans="1:12" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="54">
         <v>24</v>
       </c>
       <c r="B26" s="55" t="s">
         <v>19</v>
       </c>
       <c r="C26" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="57">
         <v>200</v>
       </c>
       <c r="E26" s="54">
         <v>24</v>
       </c>
       <c r="F26" s="55" t="s">
         <v>19</v>
       </c>
       <c r="G26" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H26" s="57">
         <v>210</v>
       </c>
       <c r="I26" s="54">
         <v>24</v>
       </c>
       <c r="J26" s="55" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L26" s="57">
         <v>146</v>
       </c>
-      <c r="M26" s="107">
-[...14 lines deleted...]
-    <row r="27" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="27" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="54">
         <v>25</v>
       </c>
       <c r="B27" s="55" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D27" s="57">
         <v>200</v>
       </c>
       <c r="E27" s="54">
         <v>25</v>
       </c>
       <c r="F27" s="55" t="s">
         <v>20</v>
       </c>
       <c r="G27" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H27" s="57">
         <v>210</v>
       </c>
       <c r="I27" s="54">
         <v>25</v>
       </c>
       <c r="J27" s="55" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L27" s="57">
         <v>146</v>
       </c>
-      <c r="M27" s="107">
-[...10 lines deleted...]
-    <row r="28" spans="1:17" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="28" spans="1:12" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="54">
         <v>26</v>
       </c>
       <c r="B28" s="55" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D28" s="57">
         <v>1467</v>
       </c>
       <c r="E28" s="54">
         <v>26</v>
       </c>
       <c r="F28" s="55" t="s">
         <v>21</v>
       </c>
       <c r="G28" s="56" t="s">
         <v>114</v>
       </c>
-      <c r="H28" s="57"/>
+      <c r="H28" s="57">
+        <v>1380</v>
+      </c>
       <c r="I28" s="54">
         <v>26</v>
       </c>
       <c r="J28" s="55" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L28" s="57">
         <v>1392</v>
       </c>
-      <c r="M28" s="107">
-[...14 lines deleted...]
-    <row r="29" spans="1:17" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="29" spans="1:12" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="54">
         <v>27</v>
       </c>
       <c r="B29" s="55" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="56" t="s">
         <v>115</v>
       </c>
       <c r="D29" s="57"/>
       <c r="E29" s="54">
         <v>27</v>
       </c>
       <c r="F29" s="55" t="s">
         <v>22</v>
       </c>
       <c r="G29" s="56" t="s">
         <v>115</v>
       </c>
       <c r="H29" s="57"/>
       <c r="I29" s="54">
         <v>27</v>
       </c>
       <c r="J29" s="55" t="s">
         <v>22</v>
       </c>
       <c r="K29" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L29" s="57">
         <v>0</v>
       </c>
-      <c r="M29" s="115"/>
-[...8 lines deleted...]
-    <row r="30" spans="1:17" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="30" spans="1:12" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="54">
         <v>28</v>
       </c>
       <c r="B30" s="55" t="s">
         <v>23</v>
       </c>
       <c r="C30" s="56" t="s">
         <v>115</v>
       </c>
       <c r="D30" s="57"/>
       <c r="E30" s="54">
         <v>28</v>
       </c>
       <c r="F30" s="55" t="s">
         <v>23</v>
       </c>
       <c r="G30" s="56" t="s">
         <v>115</v>
       </c>
       <c r="H30" s="57"/>
       <c r="I30" s="54">
         <v>28</v>
       </c>
       <c r="J30" s="55" t="s">
         <v>23</v>
       </c>
       <c r="K30" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L30" s="57">
         <v>0</v>
       </c>
-      <c r="M30" s="98"/>
-[...14 lines deleted...]
-    <row r="31" spans="1:17" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="31" spans="1:12" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="54">
         <v>29</v>
       </c>
       <c r="B31" s="55" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="56" t="s">
         <v>115</v>
       </c>
       <c r="D31" s="57"/>
       <c r="E31" s="54">
         <v>29</v>
       </c>
       <c r="F31" s="55" t="s">
         <v>24</v>
       </c>
       <c r="G31" s="56" t="s">
         <v>115</v>
       </c>
       <c r="H31" s="57"/>
       <c r="I31" s="54">
         <v>29</v>
       </c>
       <c r="J31" s="55" t="s">
         <v>24</v>
       </c>
       <c r="K31" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L31" s="57">
         <v>0</v>
       </c>
-      <c r="M31" s="107">
-[...14 lines deleted...]
-    <row r="32" spans="1:17" ht="218.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="32" spans="1:12" ht="218.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A32" s="54">
         <v>30</v>
       </c>
       <c r="B32" s="55" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D32" s="57">
-        <v>592</v>
+        <v>692</v>
       </c>
       <c r="E32" s="54">
         <v>30</v>
       </c>
       <c r="F32" s="55" t="s">
         <v>25</v>
       </c>
       <c r="G32" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H32" s="57">
         <v>600</v>
       </c>
       <c r="I32" s="54">
         <v>30</v>
       </c>
       <c r="J32" s="55" t="s">
         <v>25</v>
       </c>
       <c r="K32" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L32" s="57">
         <v>529</v>
       </c>
-      <c r="M32" s="107">
-[...14 lines deleted...]
-    <row r="33" spans="1:17" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="33" spans="1:12" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A33" s="54">
         <v>31</v>
       </c>
       <c r="B33" s="55" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D33" s="57">
-        <v>2292</v>
+        <v>2392</v>
       </c>
       <c r="E33" s="54">
         <v>31</v>
       </c>
       <c r="F33" s="55" t="s">
         <v>26</v>
       </c>
       <c r="G33" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H33" s="57">
         <v>2311</v>
       </c>
       <c r="I33" s="54">
         <v>31</v>
       </c>
       <c r="J33" s="55" t="s">
         <v>26</v>
       </c>
       <c r="K33" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L33" s="57">
         <v>2301</v>
       </c>
-      <c r="M33" s="107">
-[...10 lines deleted...]
-    <row r="34" spans="1:17" ht="21.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="34" spans="1:12" ht="21.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A34" s="54">
         <v>32</v>
       </c>
       <c r="B34" s="58" t="s">
         <v>27</v>
       </c>
       <c r="C34" s="56" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="57"/>
       <c r="E34" s="54">
         <v>32</v>
       </c>
       <c r="F34" s="58" t="s">
         <v>27</v>
       </c>
       <c r="G34" s="56" t="s">
         <v>113</v>
       </c>
       <c r="H34" s="57"/>
       <c r="I34" s="54">
         <v>32</v>
       </c>
       <c r="J34" s="58" t="s">
         <v>27</v>
       </c>
       <c r="K34" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L34" s="57">
         <v>796</v>
       </c>
-      <c r="M34" s="107">
-[...14 lines deleted...]
-    <row r="35" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="35" spans="1:12" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A35" s="54">
         <v>33</v>
       </c>
       <c r="B35" s="55" t="s">
         <v>28</v>
       </c>
       <c r="C35" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D35" s="57">
-        <v>286</v>
+        <v>386</v>
       </c>
       <c r="E35" s="54">
         <v>33</v>
       </c>
       <c r="F35" s="55" t="s">
         <v>28</v>
       </c>
       <c r="G35" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H35" s="57">
         <v>411</v>
       </c>
       <c r="I35" s="54">
         <v>33</v>
       </c>
       <c r="J35" s="55" t="s">
         <v>28</v>
       </c>
       <c r="K35" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L35" s="57">
         <v>304</v>
       </c>
-      <c r="M35" s="115"/>
-[...8 lines deleted...]
-    <row r="36" spans="1:17" ht="31.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="36" spans="1:12" ht="31.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A36" s="54">
         <v>35</v>
       </c>
       <c r="B36" s="55" t="s">
         <v>29</v>
       </c>
       <c r="C36" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D36" s="57">
         <v>759</v>
       </c>
       <c r="E36" s="54">
         <v>35</v>
       </c>
       <c r="F36" s="55" t="s">
         <v>29</v>
       </c>
       <c r="G36" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H36" s="57">
         <v>673</v>
       </c>
       <c r="I36" s="54">
         <v>35</v>
       </c>
       <c r="J36" s="55" t="s">
         <v>29</v>
       </c>
       <c r="K36" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L36" s="57">
         <v>745</v>
       </c>
-      <c r="M36" s="98"/>
-[...14 lines deleted...]
-    <row r="37" spans="1:17" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="37" spans="1:12" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A37" s="54">
         <v>36</v>
       </c>
       <c r="B37" s="55" t="s">
         <v>30</v>
       </c>
       <c r="C37" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D37" s="57">
         <v>764</v>
       </c>
       <c r="E37" s="54">
         <v>36</v>
       </c>
       <c r="F37" s="55" t="s">
         <v>30</v>
       </c>
       <c r="G37" s="56" t="s">
         <v>115</v>
       </c>
       <c r="H37" s="57"/>
       <c r="I37" s="54">
         <v>36</v>
       </c>
       <c r="J37" s="55" t="s">
         <v>30</v>
       </c>
       <c r="K37" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L37" s="57">
         <v>0</v>
       </c>
-      <c r="M37" s="107">
-[...14 lines deleted...]
-    <row r="38" spans="1:17" ht="17.399999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="38" spans="1:12" ht="53.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A38" s="54">
         <v>37</v>
       </c>
       <c r="B38" s="55" t="s">
         <v>31</v>
       </c>
       <c r="C38" s="56" t="s">
         <v>113</v>
       </c>
       <c r="D38" s="57"/>
       <c r="E38" s="54">
         <v>37</v>
       </c>
       <c r="F38" s="55" t="s">
         <v>31</v>
       </c>
       <c r="G38" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H38" s="57">
         <v>600</v>
       </c>
       <c r="I38" s="54">
         <v>37</v>
       </c>
       <c r="J38" s="55" t="s">
         <v>31</v>
       </c>
       <c r="K38" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L38" s="165" t="s">
         <v>155</v>
       </c>
-      <c r="M38" s="107">
-[...14 lines deleted...]
-    <row r="39" spans="1:17" ht="26.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="39" spans="1:12" ht="53.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A39" s="54">
         <v>38</v>
       </c>
       <c r="B39" s="55" t="s">
         <v>32</v>
       </c>
       <c r="C39" s="56" t="s">
         <v>113</v>
       </c>
       <c r="D39" s="57"/>
       <c r="E39" s="54">
         <v>38</v>
       </c>
       <c r="F39" s="55" t="s">
         <v>32</v>
       </c>
       <c r="G39" s="56" t="s">
         <v>113</v>
       </c>
       <c r="H39" s="57"/>
       <c r="I39" s="54">
         <v>38</v>
       </c>
       <c r="J39" s="55" t="s">
         <v>32</v>
       </c>
       <c r="K39" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L39" s="165" t="s">
         <v>156</v>
       </c>
-      <c r="M39" s="107">
-[...10 lines deleted...]
-    <row r="40" spans="1:17" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="40" spans="1:12" ht="53.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A40" s="54">
         <v>39</v>
       </c>
       <c r="B40" s="55" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D40" s="57">
-        <v>2026</v>
+        <v>2250</v>
       </c>
       <c r="E40" s="54">
         <v>39</v>
       </c>
       <c r="F40" s="55" t="s">
         <v>33</v>
       </c>
       <c r="G40" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H40" s="57">
         <v>1944</v>
       </c>
       <c r="I40" s="54">
         <v>39</v>
       </c>
       <c r="J40" s="55" t="s">
         <v>33</v>
       </c>
       <c r="K40" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L40" s="165" t="s">
         <v>157</v>
       </c>
-      <c r="M40" s="107">
-[...14 lines deleted...]
-    <row r="41" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="41" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A41" s="54">
         <v>40</v>
       </c>
       <c r="B41" s="55" t="s">
         <v>102</v>
       </c>
       <c r="C41" s="56" t="s">
         <v>114</v>
       </c>
       <c r="D41" s="57">
-        <v>269000</v>
+        <v>225253</v>
       </c>
       <c r="E41" s="54">
         <v>40</v>
       </c>
       <c r="F41" s="55" t="s">
         <v>102</v>
       </c>
       <c r="G41" s="56" t="s">
         <v>114</v>
       </c>
       <c r="H41" s="57">
-        <v>274582</v>
+        <v>278082</v>
       </c>
       <c r="I41" s="54">
         <v>40</v>
       </c>
       <c r="J41" s="55" t="s">
         <v>102</v>
       </c>
       <c r="K41" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L41" s="57">
         <v>236173</v>
       </c>
-      <c r="M41" s="107">
-[...14 lines deleted...]
-    <row r="42" spans="1:17" ht="40.200000000000003" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="42" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="54">
         <v>41</v>
       </c>
       <c r="B42" s="55" t="s">
         <v>103</v>
       </c>
       <c r="C42" s="56" t="s">
         <v>115</v>
       </c>
       <c r="D42" s="57"/>
       <c r="E42" s="54">
         <v>41</v>
       </c>
       <c r="F42" s="55" t="s">
         <v>103</v>
       </c>
       <c r="G42" s="56" t="s">
         <v>115</v>
       </c>
       <c r="H42" s="57"/>
       <c r="I42" s="54">
         <v>41</v>
       </c>
       <c r="J42" s="55" t="s">
         <v>103</v>
       </c>
       <c r="K42" s="56" t="s">
         <v>115</v>
       </c>
       <c r="L42" s="57">
         <v>0</v>
       </c>
-      <c r="M42" s="115"/>
-[...9 lines deleted...]
-      <c r="A43" s="60">
+    </row>
+    <row r="43" spans="1:12" ht="27" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="170">
         <v>42</v>
       </c>
-      <c r="B43" s="61" t="s">
+      <c r="B43" s="171" t="s">
         <v>104</v>
       </c>
-      <c r="C43" s="56" t="s">
+      <c r="C43" s="168" t="s">
         <v>113</v>
       </c>
-      <c r="D43" s="57"/>
+      <c r="D43" s="169"/>
       <c r="E43" s="60">
         <v>42</v>
       </c>
       <c r="F43" s="61" t="s">
         <v>104</v>
       </c>
       <c r="G43" s="56" t="s">
         <v>115</v>
       </c>
       <c r="H43" s="57"/>
       <c r="I43" s="60">
         <v>42</v>
       </c>
       <c r="J43" s="61" t="s">
         <v>104</v>
       </c>
       <c r="K43" s="56" t="s">
         <v>113</v>
       </c>
       <c r="L43" s="57">
         <v>0</v>
       </c>
-      <c r="M43" s="98"/>
-[...14 lines deleted...]
-    <row r="44" spans="1:17" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+    </row>
+    <row r="44" spans="1:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="54">
+        <v>43</v>
+      </c>
+      <c r="B44" s="172" t="s">
+        <v>137</v>
+      </c>
+      <c r="C44" s="174" t="s">
+        <v>158</v>
+      </c>
+      <c r="D44" s="173">
+        <v>10000</v>
+      </c>
       <c r="E44" s="60">
         <v>43</v>
       </c>
       <c r="F44" s="61" t="s">
         <v>137</v>
       </c>
       <c r="G44" s="56" t="s">
         <v>116</v>
       </c>
       <c r="H44" s="57">
         <v>2500</v>
       </c>
       <c r="I44" s="60">
         <v>43</v>
       </c>
       <c r="J44" s="61" t="s">
         <v>137</v>
       </c>
       <c r="K44" s="56" t="s">
         <v>114</v>
       </c>
       <c r="L44" s="57">
         <v>10000</v>
       </c>
-      <c r="M44" s="107">
-[...476 lines deleted...]
-      <c r="Q64" s="123"/>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="LIST SELECT" prompt="Select from the drop down list the action to be taken with the amount you provide." sqref="C12:C43 G12:G44 L51:L55 L45:L48 L58:L62 K12:K44" xr:uid="{582FEBAA-A53A-491F-AD1B-99DF498C2804}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="LIST SELECT" prompt="Select from the drop down list the action to be taken with the amount you provide." sqref="K12:K44 G12:G44 C12:C43" xr:uid="{582FEBAA-A53A-491F-AD1B-99DF498C2804}">
       <formula1>"ADD, DEDUCT, NO CHARGE, NOT AVAILABLE"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">